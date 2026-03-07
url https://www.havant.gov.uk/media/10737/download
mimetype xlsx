--- v0 (2026-02-15)
+++ v1 (2026-03-07)
@@ -4,90 +4,90 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\VM-HBC-UKS-FIL1\Services\Planning Policy\MONITORING\S106\Uploads to Web Hist\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Planning Policy\MONITORING\DROPZONE\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{23BCA154-586F-4118-9678-59E3CBF4D444}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BE75EF56-D2CE-421F-A043-3D7B8B6B88F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="16212" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20640" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="S106 £ 1 Jan 11 to 30 Sep 16" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'S106 £ 1 Jan 11 to 30 Sep 16'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K14" i="1" l="1"/>
   <c r="K53" i="1"/>
   <c r="K103" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="512" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="512" uniqueCount="170">
   <si>
     <t>1 of 1</t>
   </si>
   <si>
     <t>Ref No</t>
   </si>
   <si>
     <t>Unique</t>
   </si>
   <si>
     <t>Ob No</t>
   </si>
   <si>
     <t>Rec Funds</t>
   </si>
   <si>
     <t>Cum Interest</t>
   </si>
   <si>
     <t>Total Spend</t>
   </si>
   <si>
     <t>Ob Funds Rem</t>
   </si>
   <si>
@@ -550,53 +550,50 @@
     <t>Yes - Open Space Maintenance</t>
   </si>
   <si>
     <t>Yes - Air Quality</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Yes - Community Development Cont.</t>
   </si>
   <si>
     <t>No - Cemetery Investigation Contributiion</t>
   </si>
   <si>
     <t xml:space="preserve">Yes </t>
   </si>
   <si>
     <t>No - Bus Shelter Cont.</t>
   </si>
   <si>
     <t>No - Solent Mit. Cont.</t>
-  </si>
-[...1 lines deleted...]
-    <t>No - Air Quality</t>
   </si>
   <si>
     <t xml:space="preserve">  Developers Contribution To 01/01/2011 to Exacom transfer 30/09/2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;£&quot;#,##0.00;[Red]\-&quot;£&quot;#,##0.00"/>
     <numFmt numFmtId="164" formatCode="[$-10809]dd/mm/yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-10809]&quot;£&quot;#,##0.00;\-&quot;£&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="&quot;£&quot;#,##0.00"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -756,105 +753,105 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="8" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="165" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
-    </xf>
-[...30 lines deleted...]
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -1127,5050 +1124,5050 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M141"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A96" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="P103" sqref="P103"/>
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="K8" sqref="K8:L8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.28515625" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" customWidth="1"/>
     <col min="3" max="3" width="52.7109375" customWidth="1"/>
     <col min="4" max="4" width="8.140625" customWidth="1"/>
     <col min="5" max="5" width="5.42578125" customWidth="1"/>
     <col min="6" max="6" width="6.7109375" customWidth="1"/>
     <col min="7" max="7" width="13.42578125" customWidth="1"/>
     <col min="8" max="8" width="8.140625" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" customWidth="1"/>
     <col min="10" max="11" width="12.140625" customWidth="1"/>
     <col min="12" max="12" width="2.7109375" customWidth="1"/>
     <col min="13" max="13" width="13.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
-      <c r="B1" s="35" t="s">
-[...4 lines deleted...]
-      <c r="E1" s="27"/>
+      <c r="B1" s="17" t="s">
+        <v>169</v>
+      </c>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
-      <c r="I1" s="35" t="s">
-[...3 lines deleted...]
-      <c r="K1" s="27"/>
+      <c r="I1" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
-      <c r="I2" s="27"/>
-[...1 lines deleted...]
-      <c r="K2" s="27"/>
+      <c r="I2" s="18"/>
+      <c r="J2" s="18"/>
+      <c r="K2" s="18"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
     </row>
     <row r="3" spans="1:13" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
     </row>
     <row r="4" spans="1:13" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
     </row>
     <row r="5" spans="1:13" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="26" t="s">
+      <c r="A5" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="27"/>
+      <c r="B5" s="18"/>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="26" t="s">
+      <c r="E5" s="19" t="s">
         <v>155</v>
       </c>
-      <c r="F5" s="27"/>
+      <c r="F5" s="18"/>
       <c r="G5" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="H5" s="26" t="s">
+      <c r="H5" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I5" s="27"/>
+      <c r="I5" s="18"/>
       <c r="J5" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="K5" s="26" t="s">
+      <c r="K5" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="L5" s="27"/>
+      <c r="L5" s="18"/>
       <c r="M5" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="14"/>
       <c r="C6" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="6">
         <v>5</v>
       </c>
       <c r="E6" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F6" s="14"/>
       <c r="G6" s="7">
         <v>53535.98</v>
       </c>
-      <c r="H6" s="17">
+      <c r="H6" s="16">
         <v>682.93</v>
       </c>
       <c r="I6" s="14"/>
       <c r="J6" s="8"/>
-      <c r="K6" s="17">
+      <c r="K6" s="16">
         <v>54218.91</v>
       </c>
       <c r="L6" s="14"/>
       <c r="M6" s="9">
         <v>40675</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="40.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="14"/>
       <c r="C7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="6">
         <v>15</v>
       </c>
       <c r="E7" s="15" t="s">
         <v>160</v>
       </c>
       <c r="F7" s="14"/>
       <c r="G7" s="7">
         <v>142150.53</v>
       </c>
-      <c r="H7" s="17">
+      <c r="H7" s="16">
         <v>1454.25</v>
       </c>
       <c r="I7" s="14"/>
       <c r="J7" s="10">
         <v>21651.08</v>
       </c>
-      <c r="K7" s="17">
+      <c r="K7" s="16">
         <v>121953.7</v>
       </c>
       <c r="L7" s="14"/>
       <c r="M7" s="9">
         <v>40675</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A8" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="14"/>
       <c r="C8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="6">
         <v>7</v>
       </c>
       <c r="E8" s="15" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="F8" s="14"/>
       <c r="G8" s="7">
         <v>10000</v>
       </c>
-      <c r="H8" s="16"/>
+      <c r="H8" s="20"/>
       <c r="I8" s="14"/>
       <c r="J8" s="7">
         <v>10000</v>
       </c>
-      <c r="K8" s="17">
-        <v>0</v>
+      <c r="K8" s="16">
+        <v>10000</v>
       </c>
       <c r="L8" s="14"/>
       <c r="M8" s="9">
         <v>40899</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="52.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="14"/>
       <c r="C9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="6">
         <v>3</v>
       </c>
-      <c r="E9" s="16" t="s">
+      <c r="E9" s="20" t="s">
         <v>164</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="7">
         <v>192046.28</v>
       </c>
-      <c r="H9" s="16"/>
+      <c r="H9" s="20"/>
       <c r="I9" s="14"/>
       <c r="J9" s="7">
         <v>140891.96</v>
       </c>
-      <c r="K9" s="17">
+      <c r="K9" s="16">
         <v>51154.32</v>
       </c>
       <c r="L9" s="14"/>
       <c r="M9" s="9">
         <v>40998</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="14"/>
       <c r="C10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D10" s="6">
         <v>4</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="7">
         <v>22632.26</v>
       </c>
-      <c r="H10" s="17">
+      <c r="H10" s="16">
         <v>231.55</v>
       </c>
       <c r="I10" s="14"/>
       <c r="J10" s="8"/>
-      <c r="K10" s="17">
+      <c r="K10" s="16">
         <v>22863.81</v>
       </c>
       <c r="L10" s="14"/>
       <c r="M10" s="9">
         <v>40998</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="55.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="14"/>
       <c r="C11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="6">
         <v>10</v>
       </c>
-      <c r="E11" s="34" t="s">
+      <c r="E11" s="21" t="s">
         <v>165</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="7">
         <v>18000</v>
       </c>
-      <c r="H11" s="16"/>
+      <c r="H11" s="20"/>
       <c r="I11" s="14"/>
       <c r="J11" s="7">
         <v>18000</v>
       </c>
-      <c r="K11" s="17">
+      <c r="K11" s="16">
         <v>0</v>
       </c>
       <c r="L11" s="14"/>
       <c r="M11" s="9">
         <v>40998</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>57</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D12" s="6">
         <v>9</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F12" s="14"/>
       <c r="G12" s="7">
         <v>8196.2199999999993</v>
       </c>
-      <c r="H12" s="16"/>
+      <c r="H12" s="20"/>
       <c r="I12" s="14"/>
       <c r="J12" s="7">
         <v>8196.2199999999993</v>
       </c>
-      <c r="K12" s="17">
+      <c r="K12" s="16">
         <v>0</v>
       </c>
       <c r="L12" s="14"/>
       <c r="M12" s="9">
         <v>41436</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="14"/>
       <c r="C13" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D13" s="6">
         <v>5</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="7">
         <v>15050</v>
       </c>
-      <c r="H13" s="16"/>
+      <c r="H13" s="20"/>
       <c r="I13" s="14"/>
       <c r="J13" s="7">
         <v>15050</v>
       </c>
-      <c r="K13" s="17">
+      <c r="K13" s="16">
         <v>0</v>
       </c>
       <c r="L13" s="14"/>
       <c r="M13" s="9">
         <v>41673</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A14" s="26" t="s">
+      <c r="A14" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="B14" s="27"/>
+      <c r="B14" s="18"/>
       <c r="C14" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E14" s="26" t="s">
+      <c r="E14" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="F14" s="27"/>
+      <c r="F14" s="18"/>
       <c r="G14" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="H14" s="26" t="s">
+      <c r="H14" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="I14" s="27"/>
+      <c r="I14" s="18"/>
       <c r="J14" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K14" s="28">
+      <c r="K14" s="22">
         <f>SUM(K6:K13)</f>
-        <v>250190.74</v>
-[...1 lines deleted...]
-      <c r="L14" s="27"/>
+        <v>260190.74</v>
+      </c>
+      <c r="L14" s="18"/>
       <c r="M14" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="26" t="s">
+      <c r="A15" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B15" s="27"/>
+      <c r="B15" s="18"/>
       <c r="C15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="26" t="s">
+      <c r="E15" s="19" t="s">
         <v>157</v>
       </c>
-      <c r="F15" s="27"/>
+      <c r="F15" s="18"/>
       <c r="G15" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="H15" s="26" t="s">
+      <c r="H15" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I15" s="27"/>
+      <c r="I15" s="18"/>
       <c r="J15" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="K15" s="26" t="s">
+      <c r="K15" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="L15" s="27"/>
+      <c r="L15" s="18"/>
       <c r="M15" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="13" t="s">
         <v>79</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D16" s="6">
         <v>3</v>
       </c>
-      <c r="E16" s="29" t="s">
+      <c r="E16" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F16" s="14"/>
       <c r="G16" s="7">
         <v>3731.12</v>
       </c>
-      <c r="H16" s="16"/>
+      <c r="H16" s="20"/>
       <c r="I16" s="14"/>
       <c r="J16" s="7">
         <v>3731.12</v>
       </c>
-      <c r="K16" s="17">
+      <c r="K16" s="16">
         <v>0</v>
       </c>
       <c r="L16" s="14"/>
       <c r="M16" s="9">
         <v>42063</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="13" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="6">
         <v>3</v>
       </c>
-      <c r="E17" s="29" t="s">
+      <c r="E17" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F17" s="14"/>
       <c r="G17" s="7">
         <v>31362.58</v>
       </c>
-      <c r="H17" s="16"/>
+      <c r="H17" s="20"/>
       <c r="I17" s="14"/>
       <c r="J17" s="7">
         <v>31362.58</v>
       </c>
-      <c r="K17" s="17">
+      <c r="K17" s="16">
         <v>0</v>
       </c>
       <c r="L17" s="14"/>
       <c r="M17" s="9">
         <v>41673</v>
       </c>
     </row>
     <row r="18" spans="1:13" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="26" t="s">
+      <c r="A18" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="B18" s="27"/>
+      <c r="B18" s="18"/>
       <c r="C18" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E18" s="26" t="s">
+      <c r="E18" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="F18" s="27"/>
+      <c r="F18" s="18"/>
       <c r="G18" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="H18" s="26" t="s">
+      <c r="H18" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="I18" s="27"/>
+      <c r="I18" s="18"/>
       <c r="J18" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K18" s="28">
-[...2 lines deleted...]
-      <c r="L18" s="27"/>
+      <c r="K18" s="22">
+        <v>0</v>
+      </c>
+      <c r="L18" s="18"/>
       <c r="M18" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="26" t="s">
+      <c r="A19" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B19" s="27"/>
+      <c r="B19" s="18"/>
       <c r="C19" s="4" t="s">
         <v>86</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E19" s="26" t="s">
+      <c r="E19" s="19" t="s">
         <v>158</v>
       </c>
-      <c r="F19" s="27"/>
+      <c r="F19" s="18"/>
       <c r="G19" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="H19" s="26" t="s">
+      <c r="H19" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I19" s="27"/>
+      <c r="I19" s="18"/>
       <c r="J19" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="K19" s="26" t="s">
+      <c r="K19" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="L19" s="27"/>
+      <c r="L19" s="18"/>
       <c r="M19" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A20" s="13" t="s">
         <v>87</v>
       </c>
       <c r="B20" s="14"/>
       <c r="C20" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D20" s="6">
         <v>6</v>
       </c>
-      <c r="E20" s="29" t="s">
+      <c r="E20" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F20" s="14"/>
       <c r="G20" s="7">
         <v>3000</v>
       </c>
-      <c r="H20" s="16"/>
+      <c r="H20" s="20"/>
       <c r="I20" s="14"/>
       <c r="J20" s="7">
         <v>3000</v>
       </c>
-      <c r="K20" s="17">
+      <c r="K20" s="16">
         <v>0</v>
       </c>
       <c r="L20" s="14"/>
       <c r="M20" s="9">
         <v>41948</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="26" t="s">
+      <c r="A21" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="B21" s="27"/>
+      <c r="B21" s="18"/>
       <c r="C21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E21" s="26" t="s">
+      <c r="E21" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="F21" s="27"/>
+      <c r="F21" s="18"/>
       <c r="G21" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="H21" s="26" t="s">
+      <c r="H21" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="I21" s="27"/>
+      <c r="I21" s="18"/>
       <c r="J21" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K21" s="28">
-[...2 lines deleted...]
-      <c r="L21" s="27"/>
+      <c r="K21" s="22">
+        <v>0</v>
+      </c>
+      <c r="L21" s="18"/>
       <c r="M21" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="26" t="s">
+      <c r="A22" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B22" s="27"/>
+      <c r="B22" s="18"/>
       <c r="C22" s="4" t="s">
         <v>89</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E22" s="26" t="s">
+      <c r="E22" s="19" t="s">
         <v>157</v>
       </c>
-      <c r="F22" s="27"/>
+      <c r="F22" s="18"/>
       <c r="G22" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="H22" s="26" t="s">
+      <c r="H22" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I22" s="27"/>
+      <c r="I22" s="18"/>
       <c r="J22" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="K22" s="26" t="s">
+      <c r="K22" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="L22" s="27"/>
+      <c r="L22" s="18"/>
       <c r="M22" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A23" s="13" t="s">
         <v>90</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="6" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="6">
         <v>11</v>
       </c>
-      <c r="E23" s="29" t="s">
+      <c r="E23" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F23" s="14"/>
       <c r="G23" s="7">
         <v>2500</v>
       </c>
-      <c r="H23" s="16"/>
+      <c r="H23" s="20"/>
       <c r="I23" s="14"/>
       <c r="J23" s="7">
         <v>2500</v>
       </c>
-      <c r="K23" s="17">
+      <c r="K23" s="16">
         <v>0</v>
       </c>
       <c r="L23" s="14"/>
       <c r="M23" s="9">
         <v>41103</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A24" s="13" t="s">
         <v>92</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="6" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="6">
         <v>2</v>
       </c>
-      <c r="E24" s="29" t="s">
+      <c r="E24" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F24" s="14"/>
       <c r="G24" s="7">
         <v>15250</v>
       </c>
-      <c r="H24" s="16"/>
+      <c r="H24" s="20"/>
       <c r="I24" s="14"/>
       <c r="J24" s="7">
         <v>15250</v>
       </c>
-      <c r="K24" s="17">
+      <c r="K24" s="16">
         <v>0</v>
       </c>
       <c r="L24" s="14"/>
       <c r="M24" s="9">
         <v>41204</v>
       </c>
     </row>
     <row r="25" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A25" s="13" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="6" t="s">
         <v>76</v>
       </c>
       <c r="D25" s="6">
         <v>2</v>
       </c>
-      <c r="E25" s="29" t="s">
+      <c r="E25" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F25" s="14"/>
       <c r="G25" s="7">
         <v>1250</v>
       </c>
-      <c r="H25" s="16"/>
+      <c r="H25" s="20"/>
       <c r="I25" s="14"/>
       <c r="J25" s="7">
         <v>1250</v>
       </c>
-      <c r="K25" s="17">
+      <c r="K25" s="16">
         <v>0</v>
       </c>
       <c r="L25" s="14"/>
       <c r="M25" s="9">
         <v>41263</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="13" t="s">
         <v>95</v>
       </c>
       <c r="B26" s="14"/>
       <c r="C26" s="6" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="6">
         <v>10</v>
       </c>
-      <c r="E26" s="29" t="s">
+      <c r="E26" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F26" s="14"/>
       <c r="G26" s="7">
         <v>1250</v>
       </c>
-      <c r="H26" s="16"/>
+      <c r="H26" s="20"/>
       <c r="I26" s="14"/>
       <c r="J26" s="7">
         <v>1250</v>
       </c>
-      <c r="K26" s="17">
+      <c r="K26" s="16">
         <v>0</v>
       </c>
       <c r="L26" s="14"/>
       <c r="M26" s="9">
         <v>41376</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="13" t="s">
         <v>77</v>
       </c>
       <c r="B27" s="14"/>
       <c r="C27" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D27" s="6">
         <v>7</v>
       </c>
-      <c r="E27" s="29" t="s">
+      <c r="E27" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F27" s="14"/>
       <c r="G27" s="7">
         <v>1250</v>
       </c>
-      <c r="H27" s="16"/>
+      <c r="H27" s="20"/>
       <c r="I27" s="14"/>
       <c r="J27" s="7">
         <v>1250</v>
       </c>
-      <c r="K27" s="17">
+      <c r="K27" s="16">
         <v>0</v>
       </c>
       <c r="L27" s="14"/>
       <c r="M27" s="9">
         <v>41673</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A28" s="13" t="s">
         <v>87</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D28" s="6">
         <v>11</v>
       </c>
-      <c r="E28" s="29" t="s">
+      <c r="E28" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F28" s="14"/>
       <c r="G28" s="7">
         <v>1250</v>
       </c>
-      <c r="H28" s="16"/>
+      <c r="H28" s="20"/>
       <c r="I28" s="14"/>
       <c r="J28" s="7">
         <v>1250</v>
       </c>
-      <c r="K28" s="17">
+      <c r="K28" s="16">
         <v>0</v>
       </c>
       <c r="L28" s="14"/>
       <c r="M28" s="9">
         <v>41948</v>
       </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="13" t="s">
         <v>97</v>
       </c>
       <c r="B29" s="14"/>
       <c r="C29" s="6" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="6">
         <v>2</v>
       </c>
-      <c r="E29" s="29" t="s">
+      <c r="E29" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F29" s="14"/>
       <c r="G29" s="7">
         <v>1250</v>
       </c>
-      <c r="H29" s="16"/>
+      <c r="H29" s="20"/>
       <c r="I29" s="14"/>
       <c r="J29" s="7">
         <v>1250</v>
       </c>
-      <c r="K29" s="17">
+      <c r="K29" s="16">
         <v>0</v>
       </c>
       <c r="L29" s="14"/>
       <c r="M29" s="9">
         <v>42356</v>
       </c>
     </row>
     <row r="30" spans="1:13" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="26" t="s">
+      <c r="A30" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="B30" s="27"/>
+      <c r="B30" s="18"/>
       <c r="C30" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E30" s="26" t="s">
+      <c r="E30" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="F30" s="27"/>
+      <c r="F30" s="18"/>
       <c r="G30" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="H30" s="26" t="s">
+      <c r="H30" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="I30" s="27"/>
+      <c r="I30" s="18"/>
       <c r="J30" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K30" s="28">
-[...2 lines deleted...]
-      <c r="L30" s="27"/>
+      <c r="K30" s="22">
+        <v>0</v>
+      </c>
+      <c r="L30" s="18"/>
       <c r="M30" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:13" s="1" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="26" t="s">
+      <c r="A31" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B31" s="27"/>
+      <c r="B31" s="18"/>
       <c r="C31" s="4" t="s">
         <v>154</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E31" s="24" t="s">
+      <c r="E31" s="26" t="s">
         <v>158</v>
       </c>
-      <c r="F31" s="25"/>
+      <c r="F31" s="27"/>
       <c r="G31" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="H31" s="26" t="s">
+      <c r="H31" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I31" s="27"/>
+      <c r="I31" s="18"/>
       <c r="J31" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="K31" s="26" t="s">
+      <c r="K31" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="L31" s="27"/>
+      <c r="L31" s="18"/>
       <c r="M31" s="5" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="32" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="32" t="s">
+    <row r="32" spans="1:13" s="1" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A32" s="24" t="s">
         <v>101</v>
       </c>
-      <c r="B32" s="33"/>
+      <c r="B32" s="25"/>
       <c r="C32" s="11" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="6">
         <v>2</v>
       </c>
-      <c r="E32" s="29" t="s">
+      <c r="E32" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F32" s="14"/>
       <c r="G32" s="7">
         <v>9239.5</v>
       </c>
-      <c r="H32" s="16"/>
+      <c r="H32" s="20"/>
       <c r="I32" s="14"/>
       <c r="J32" s="7">
         <v>9239.5</v>
       </c>
-      <c r="K32" s="17">
+      <c r="K32" s="16">
         <v>0</v>
       </c>
       <c r="L32" s="14"/>
       <c r="M32" s="9">
         <v>40550</v>
       </c>
     </row>
     <row r="33" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="32" t="s">
+      <c r="A33" s="24" t="s">
         <v>103</v>
       </c>
-      <c r="B33" s="33"/>
+      <c r="B33" s="25"/>
       <c r="C33" s="11" t="s">
         <v>104</v>
       </c>
       <c r="D33" s="6">
         <v>6</v>
       </c>
-      <c r="E33" s="29" t="s">
+      <c r="E33" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F33" s="14"/>
       <c r="G33" s="7">
         <v>75890</v>
       </c>
-      <c r="H33" s="16"/>
+      <c r="H33" s="20"/>
       <c r="I33" s="14"/>
       <c r="J33" s="7">
         <v>75890</v>
       </c>
-      <c r="K33" s="17">
+      <c r="K33" s="16">
         <v>0</v>
       </c>
       <c r="L33" s="14"/>
       <c r="M33" s="9">
         <v>40570</v>
       </c>
     </row>
     <row r="34" spans="1:13" s="1" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A34" s="32" t="s">
+      <c r="A34" s="24" t="s">
         <v>105</v>
       </c>
-      <c r="B34" s="33"/>
+      <c r="B34" s="25"/>
       <c r="C34" s="11" t="s">
         <v>106</v>
       </c>
       <c r="D34" s="6">
         <v>4</v>
       </c>
-      <c r="E34" s="29" t="s">
+      <c r="E34" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F34" s="14"/>
       <c r="G34" s="7">
         <v>76090</v>
       </c>
-      <c r="H34" s="16"/>
+      <c r="H34" s="20"/>
       <c r="I34" s="14"/>
       <c r="J34" s="7">
         <v>76090</v>
       </c>
-      <c r="K34" s="17">
+      <c r="K34" s="16">
         <v>0</v>
       </c>
       <c r="L34" s="14"/>
       <c r="M34" s="9">
         <v>40599</v>
       </c>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A35" s="32" t="s">
+      <c r="A35" s="24" t="s">
         <v>107</v>
       </c>
-      <c r="B35" s="33"/>
+      <c r="B35" s="25"/>
       <c r="C35" s="11" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="6">
         <v>3</v>
       </c>
-      <c r="E35" s="29" t="s">
+      <c r="E35" s="23" t="s">
         <v>162</v>
       </c>
       <c r="F35" s="14"/>
       <c r="G35" s="7">
         <v>10870</v>
       </c>
-      <c r="H35" s="16"/>
+      <c r="H35" s="20"/>
       <c r="I35" s="14"/>
       <c r="J35" s="7">
         <v>5560</v>
       </c>
-      <c r="K35" s="17">
+      <c r="K35" s="16">
         <v>5310</v>
       </c>
       <c r="L35" s="14"/>
       <c r="M35" s="9">
         <v>40739</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A36" s="32" t="s">
+      <c r="A36" s="24" t="s">
         <v>90</v>
       </c>
-      <c r="B36" s="33"/>
+      <c r="B36" s="25"/>
       <c r="C36" s="11" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="6">
         <v>4</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F36" s="14"/>
       <c r="G36" s="7">
         <v>86258</v>
       </c>
-      <c r="H36" s="16"/>
+      <c r="H36" s="20"/>
       <c r="I36" s="14"/>
       <c r="J36" s="7">
         <v>23600</v>
       </c>
-      <c r="K36" s="17">
+      <c r="K36" s="16">
         <v>62658</v>
       </c>
       <c r="L36" s="14"/>
       <c r="M36" s="9">
         <v>41103</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A37" s="32" t="s">
+      <c r="A37" s="24" t="s">
         <v>109</v>
       </c>
-      <c r="B37" s="33"/>
+      <c r="B37" s="25"/>
       <c r="C37" s="11" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="6">
         <v>2</v>
       </c>
-      <c r="E37" s="29" t="s">
+      <c r="E37" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F37" s="14"/>
       <c r="G37" s="7">
         <v>26631.5</v>
       </c>
-      <c r="H37" s="16"/>
+      <c r="H37" s="20"/>
       <c r="I37" s="14"/>
       <c r="J37" s="7">
         <v>26631.5</v>
       </c>
-      <c r="K37" s="17">
+      <c r="K37" s="16">
         <v>0</v>
       </c>
       <c r="L37" s="14"/>
       <c r="M37" s="9">
         <v>41152</v>
       </c>
     </row>
     <row r="38" spans="1:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="32" t="s">
+      <c r="A38" s="24" t="s">
         <v>92</v>
       </c>
-      <c r="B38" s="33"/>
+      <c r="B38" s="25"/>
       <c r="C38" s="11" t="s">
         <v>93</v>
       </c>
       <c r="D38" s="6">
         <v>5</v>
       </c>
-      <c r="E38" s="16" t="s">
+      <c r="E38" s="20" t="s">
         <v>162</v>
       </c>
       <c r="F38" s="14"/>
       <c r="G38" s="7">
         <v>123843.5</v>
       </c>
-      <c r="H38" s="16"/>
+      <c r="H38" s="20"/>
       <c r="I38" s="14"/>
       <c r="J38" s="7">
         <v>91766.46</v>
       </c>
-      <c r="K38" s="17">
+      <c r="K38" s="16">
         <v>32077.040000000001</v>
       </c>
       <c r="L38" s="14"/>
       <c r="M38" s="9">
         <v>41204</v>
       </c>
     </row>
     <row r="39" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A39" s="32" t="s">
+      <c r="A39" s="24" t="s">
         <v>94</v>
       </c>
-      <c r="B39" s="33"/>
+      <c r="B39" s="25"/>
       <c r="C39" s="11" t="s">
         <v>76</v>
       </c>
       <c r="D39" s="6">
         <v>11</v>
       </c>
-      <c r="E39" s="29" t="s">
+      <c r="E39" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F39" s="14"/>
       <c r="G39" s="7">
         <v>51901</v>
       </c>
-      <c r="H39" s="16"/>
+      <c r="H39" s="20"/>
       <c r="I39" s="14"/>
       <c r="J39" s="7">
         <v>51901</v>
       </c>
-      <c r="K39" s="17">
+      <c r="K39" s="16">
         <v>0</v>
       </c>
       <c r="L39" s="14"/>
       <c r="M39" s="9">
         <v>41263</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A40" s="32" t="s">
+      <c r="A40" s="24" t="s">
         <v>95</v>
       </c>
-      <c r="B40" s="33"/>
+      <c r="B40" s="25"/>
       <c r="C40" s="11" t="s">
         <v>96</v>
       </c>
       <c r="D40" s="6">
         <v>8</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F40" s="14"/>
       <c r="G40" s="7">
         <v>116104.13</v>
       </c>
-      <c r="H40" s="16"/>
+      <c r="H40" s="20"/>
       <c r="I40" s="14"/>
       <c r="J40" s="7">
         <v>59418.06</v>
       </c>
-      <c r="K40" s="17">
+      <c r="K40" s="16">
         <v>56686.07</v>
       </c>
       <c r="L40" s="14"/>
       <c r="M40" s="9">
         <v>41376</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A41" s="32" t="s">
+      <c r="A41" s="24" t="s">
         <v>42</v>
       </c>
-      <c r="B41" s="33"/>
+      <c r="B41" s="25"/>
       <c r="C41" s="11" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="6">
         <v>1</v>
       </c>
-      <c r="E41" s="29" t="s">
+      <c r="E41" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F41" s="14"/>
       <c r="G41" s="7">
         <v>31523</v>
       </c>
-      <c r="H41" s="16"/>
+      <c r="H41" s="20"/>
       <c r="I41" s="14"/>
       <c r="J41" s="7">
         <v>31523</v>
       </c>
-      <c r="K41" s="17">
+      <c r="K41" s="16">
         <v>0</v>
       </c>
       <c r="L41" s="14"/>
       <c r="M41" s="9">
         <v>41403</v>
       </c>
     </row>
     <row r="42" spans="1:13" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A42" s="32" t="s">
+      <c r="A42" s="24" t="s">
         <v>53</v>
       </c>
-      <c r="B42" s="33"/>
+      <c r="B42" s="25"/>
       <c r="C42" s="11" t="s">
         <v>54</v>
       </c>
       <c r="D42" s="6">
         <v>1</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F42" s="14"/>
       <c r="G42" s="7">
         <v>182072.5</v>
       </c>
-      <c r="H42" s="30">
+      <c r="H42" s="28">
         <v>460</v>
       </c>
-      <c r="I42" s="31"/>
+      <c r="I42" s="29"/>
       <c r="J42" s="7">
         <v>88251.56</v>
       </c>
-      <c r="K42" s="17">
+      <c r="K42" s="16">
         <v>94280.24</v>
       </c>
       <c r="L42" s="14"/>
       <c r="M42" s="9">
         <v>41429</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A43" s="32" t="s">
+      <c r="A43" s="24" t="s">
         <v>63</v>
       </c>
-      <c r="B43" s="33"/>
+      <c r="B43" s="25"/>
       <c r="C43" s="11" t="s">
         <v>64</v>
       </c>
       <c r="D43" s="6">
         <v>2</v>
       </c>
-      <c r="E43" s="29" t="s">
+      <c r="E43" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F43" s="14"/>
       <c r="G43" s="7">
         <v>7609</v>
       </c>
-      <c r="H43" s="16"/>
+      <c r="H43" s="20"/>
       <c r="I43" s="14"/>
       <c r="J43" s="7">
         <v>7609</v>
       </c>
-      <c r="K43" s="17">
+      <c r="K43" s="16">
         <v>0</v>
       </c>
       <c r="L43" s="14"/>
       <c r="M43" s="9">
         <v>41437</v>
       </c>
     </row>
     <row r="44" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A44" s="32" t="s">
+      <c r="A44" s="24" t="s">
         <v>61</v>
       </c>
-      <c r="B44" s="33"/>
+      <c r="B44" s="25"/>
       <c r="C44" s="11" t="s">
         <v>62</v>
       </c>
       <c r="D44" s="6">
         <v>7</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F44" s="14"/>
       <c r="G44" s="7">
         <v>10763.1</v>
       </c>
-      <c r="H44" s="16"/>
+      <c r="H44" s="20"/>
       <c r="I44" s="14"/>
       <c r="J44" s="7">
         <v>3877.06</v>
       </c>
-      <c r="K44" s="17">
+      <c r="K44" s="16">
         <v>6886.04</v>
       </c>
       <c r="L44" s="14"/>
       <c r="M44" s="9">
         <v>41437</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A45" s="32" t="s">
+      <c r="A45" s="24" t="s">
         <v>111</v>
       </c>
-      <c r="B45" s="33"/>
+      <c r="B45" s="25"/>
       <c r="C45" s="11" t="s">
         <v>112</v>
       </c>
       <c r="D45" s="6">
         <v>1</v>
       </c>
-      <c r="E45" s="29" t="s">
+      <c r="E45" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F45" s="14"/>
       <c r="G45" s="7">
         <v>47828</v>
       </c>
-      <c r="H45" s="16"/>
+      <c r="H45" s="20"/>
       <c r="I45" s="14"/>
       <c r="J45" s="7">
         <v>47828</v>
       </c>
-      <c r="K45" s="17">
+      <c r="K45" s="16">
         <v>0</v>
       </c>
       <c r="L45" s="14"/>
       <c r="M45" s="9">
         <v>41443</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A46" s="32" t="s">
+      <c r="A46" s="24" t="s">
         <v>113</v>
       </c>
-      <c r="B46" s="33"/>
+      <c r="B46" s="25"/>
       <c r="C46" s="11" t="s">
         <v>114</v>
       </c>
       <c r="D46" s="6">
         <v>2</v>
       </c>
-      <c r="E46" s="29" t="s">
+      <c r="E46" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F46" s="14"/>
       <c r="G46" s="7">
         <v>16448.66</v>
       </c>
-      <c r="H46" s="16"/>
+      <c r="H46" s="20"/>
       <c r="I46" s="14"/>
       <c r="J46" s="7">
         <v>16448.66</v>
       </c>
-      <c r="K46" s="17">
+      <c r="K46" s="16">
         <v>0</v>
       </c>
       <c r="L46" s="14"/>
       <c r="M46" s="9">
         <v>41445</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A47" s="32" t="s">
+      <c r="A47" s="24" t="s">
         <v>99</v>
       </c>
-      <c r="B47" s="33"/>
+      <c r="B47" s="25"/>
       <c r="C47" s="11" t="s">
         <v>100</v>
       </c>
       <c r="D47" s="6">
         <v>3</v>
       </c>
-      <c r="E47" s="29" t="s">
+      <c r="E47" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F47" s="14"/>
       <c r="G47" s="7">
         <v>51076</v>
       </c>
-      <c r="H47" s="16"/>
+      <c r="H47" s="20"/>
       <c r="I47" s="14"/>
       <c r="J47" s="7">
         <v>51076</v>
       </c>
-      <c r="K47" s="17">
+      <c r="K47" s="16">
         <v>0</v>
       </c>
       <c r="L47" s="14"/>
       <c r="M47" s="9">
         <v>41485</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A48" s="32" t="s">
+      <c r="A48" s="24" t="s">
         <v>81</v>
       </c>
-      <c r="B48" s="33"/>
+      <c r="B48" s="25"/>
       <c r="C48" s="11" t="s">
         <v>82</v>
       </c>
       <c r="D48" s="6">
         <v>7</v>
       </c>
-      <c r="E48" s="29" t="s">
+      <c r="E48" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F48" s="14"/>
       <c r="G48" s="7">
         <v>14800</v>
       </c>
-      <c r="H48" s="16"/>
+      <c r="H48" s="20"/>
       <c r="I48" s="14"/>
       <c r="J48" s="7">
         <v>14800</v>
       </c>
-      <c r="K48" s="17">
+      <c r="K48" s="16">
         <v>0</v>
       </c>
       <c r="L48" s="14"/>
       <c r="M48" s="9">
         <v>42167</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A49" s="32" t="s">
+      <c r="A49" s="24" t="s">
         <v>107</v>
       </c>
-      <c r="B49" s="33"/>
+      <c r="B49" s="25"/>
       <c r="C49" s="11" t="s">
         <v>108</v>
       </c>
       <c r="D49" s="6">
         <v>3</v>
       </c>
-      <c r="E49" s="29" t="s">
+      <c r="E49" s="23" t="s">
         <v>162</v>
       </c>
       <c r="F49" s="14"/>
       <c r="G49" s="7">
         <v>10870</v>
       </c>
-      <c r="H49" s="16"/>
+      <c r="H49" s="20"/>
       <c r="I49" s="14"/>
       <c r="J49" s="7">
         <v>5560</v>
       </c>
-      <c r="K49" s="17">
+      <c r="K49" s="16">
         <v>5310</v>
       </c>
       <c r="L49" s="14"/>
       <c r="M49" s="9">
         <v>40739</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A50" s="32" t="s">
+      <c r="A50" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="B50" s="33"/>
+      <c r="B50" s="25"/>
       <c r="C50" s="11" t="s">
         <v>33</v>
       </c>
       <c r="D50" s="6">
         <v>2</v>
       </c>
-      <c r="E50" s="29" t="s">
+      <c r="E50" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F50" s="14"/>
       <c r="G50" s="7">
         <v>10147.65</v>
       </c>
-      <c r="H50" s="16"/>
+      <c r="H50" s="20"/>
       <c r="I50" s="14"/>
       <c r="J50" s="7">
         <v>10147.65</v>
       </c>
-      <c r="K50" s="17">
+      <c r="K50" s="16">
         <v>0</v>
       </c>
       <c r="L50" s="14"/>
       <c r="M50" s="9">
         <v>41369</v>
       </c>
     </row>
     <row r="51" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A51" s="13" t="s">
         <v>90</v>
       </c>
       <c r="B51" s="14"/>
       <c r="C51" s="11" t="s">
         <v>91</v>
       </c>
       <c r="D51" s="6">
         <v>3</v>
       </c>
-      <c r="E51" s="29" t="s">
+      <c r="E51" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F51" s="14"/>
       <c r="G51" s="7">
         <v>60000</v>
       </c>
-      <c r="H51" s="16"/>
+      <c r="H51" s="20"/>
       <c r="I51" s="14"/>
       <c r="J51" s="7">
         <v>60000</v>
       </c>
-      <c r="K51" s="17">
+      <c r="K51" s="16">
         <v>0</v>
       </c>
       <c r="L51" s="14"/>
       <c r="M51" s="9">
         <v>41103</v>
       </c>
     </row>
     <row r="52" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A52" s="13" t="s">
         <v>94</v>
       </c>
       <c r="B52" s="14"/>
       <c r="C52" s="11" t="s">
         <v>76</v>
       </c>
       <c r="D52" s="6">
         <v>10</v>
       </c>
-      <c r="E52" s="29" t="s">
+      <c r="E52" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F52" s="14"/>
       <c r="G52" s="7">
         <v>20767.5</v>
       </c>
-      <c r="H52" s="16"/>
+      <c r="H52" s="20"/>
       <c r="I52" s="14"/>
       <c r="J52" s="7">
         <v>20767.5</v>
       </c>
-      <c r="K52" s="17">
+      <c r="K52" s="16">
         <v>0</v>
       </c>
       <c r="L52" s="14"/>
       <c r="M52" s="9">
         <v>41263</v>
       </c>
     </row>
     <row r="53" spans="1:13" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="26" t="s">
+      <c r="A53" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="B53" s="27"/>
+      <c r="B53" s="18"/>
       <c r="C53" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E53" s="26" t="s">
+      <c r="E53" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="F53" s="27"/>
+      <c r="F53" s="18"/>
       <c r="G53" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="H53" s="26" t="s">
+      <c r="H53" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="I53" s="27"/>
+      <c r="I53" s="18"/>
       <c r="J53" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K53" s="28">
+      <c r="K53" s="22">
         <f>SUM(K32:K52)</f>
         <v>263207.39</v>
       </c>
-      <c r="L53" s="27"/>
+      <c r="L53" s="18"/>
       <c r="M53" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="54" spans="1:13" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="26" t="s">
+      <c r="A54" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B54" s="27"/>
+      <c r="B54" s="18"/>
       <c r="C54" s="4" t="s">
         <v>115</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E54" s="24" t="s">
+      <c r="E54" s="26" t="s">
         <v>157</v>
       </c>
-      <c r="F54" s="25"/>
+      <c r="F54" s="27"/>
       <c r="G54" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="H54" s="26" t="s">
+      <c r="H54" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I54" s="27"/>
+      <c r="I54" s="18"/>
       <c r="J54" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="K54" s="26" t="s">
+      <c r="K54" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="L54" s="27"/>
+      <c r="L54" s="18"/>
       <c r="M54" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A55" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B55" s="14"/>
       <c r="C55" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="6">
         <v>5</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F55" s="14"/>
       <c r="G55" s="7">
         <v>8300</v>
       </c>
-      <c r="H55" s="16"/>
+      <c r="H55" s="20"/>
       <c r="I55" s="14"/>
       <c r="J55" s="7">
         <v>8300</v>
       </c>
-      <c r="K55" s="17">
+      <c r="K55" s="16">
         <v>0</v>
       </c>
       <c r="L55" s="14"/>
       <c r="M55" s="9">
         <v>40899</v>
       </c>
     </row>
     <row r="56" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A56" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="14"/>
       <c r="C56" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D56" s="6">
         <v>6</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F56" s="14"/>
       <c r="G56" s="7">
         <v>18400</v>
       </c>
-      <c r="H56" s="16"/>
+      <c r="H56" s="20"/>
       <c r="I56" s="14"/>
       <c r="J56" s="7">
         <v>0</v>
       </c>
-      <c r="K56" s="17">
+      <c r="K56" s="16">
         <v>18400</v>
       </c>
       <c r="L56" s="14"/>
       <c r="M56" s="9">
         <v>40899</v>
       </c>
     </row>
     <row r="57" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A57" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B57" s="14"/>
       <c r="C57" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D57" s="6">
         <v>7</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F57" s="14"/>
       <c r="G57" s="7">
         <v>18568.29</v>
       </c>
-      <c r="H57" s="17">
+      <c r="H57" s="16">
         <v>28.66</v>
       </c>
       <c r="I57" s="14"/>
       <c r="J57" s="7">
         <v>28</v>
       </c>
-      <c r="K57" s="17">
+      <c r="K57" s="16">
         <v>18596.95</v>
       </c>
       <c r="L57" s="14"/>
       <c r="M57" s="9">
         <v>40998</v>
       </c>
     </row>
     <row r="58" spans="1:13" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="26" t="s">
+      <c r="A58" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="B58" s="27"/>
+      <c r="B58" s="18"/>
       <c r="C58" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E58" s="26" t="s">
+      <c r="E58" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="F58" s="27"/>
+      <c r="F58" s="18"/>
       <c r="G58" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="H58" s="26" t="s">
+      <c r="H58" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="I58" s="27"/>
+      <c r="I58" s="18"/>
       <c r="J58" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K58" s="28">
+      <c r="K58" s="22">
         <v>36996.949999999997</v>
       </c>
-      <c r="L58" s="27"/>
+      <c r="L58" s="18"/>
       <c r="M58" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="59" spans="1:13" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="26" t="s">
+      <c r="A59" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B59" s="27"/>
+      <c r="B59" s="18"/>
       <c r="C59" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E59" s="24" t="s">
+      <c r="E59" s="26" t="s">
         <v>157</v>
       </c>
-      <c r="F59" s="25"/>
+      <c r="F59" s="27"/>
       <c r="G59" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="H59" s="26" t="s">
+      <c r="H59" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I59" s="27"/>
+      <c r="I59" s="18"/>
       <c r="J59" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="K59" s="26" t="s">
+      <c r="K59" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="L59" s="27"/>
+      <c r="L59" s="18"/>
       <c r="M59" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="60" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A60" s="13" t="s">
         <v>117</v>
       </c>
       <c r="B60" s="14"/>
       <c r="C60" s="6" t="s">
         <v>118</v>
       </c>
       <c r="D60" s="6">
         <v>1</v>
       </c>
-      <c r="E60" s="29" t="s">
+      <c r="E60" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F60" s="14"/>
       <c r="G60" s="7">
         <v>1380</v>
       </c>
-      <c r="H60" s="17">
+      <c r="H60" s="16">
         <v>45.48</v>
       </c>
       <c r="I60" s="14"/>
       <c r="J60" s="12">
         <v>1425.48</v>
       </c>
-      <c r="K60" s="17">
+      <c r="K60" s="16">
         <v>0</v>
       </c>
       <c r="L60" s="14"/>
       <c r="M60" s="9">
         <v>40584</v>
       </c>
     </row>
     <row r="61" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A61" s="13" t="s">
         <v>119</v>
       </c>
       <c r="B61" s="14"/>
       <c r="C61" s="6" t="s">
         <v>120</v>
       </c>
       <c r="D61" s="6">
         <v>1</v>
       </c>
-      <c r="E61" s="29" t="s">
+      <c r="E61" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F61" s="14"/>
       <c r="G61" s="7">
         <v>380</v>
       </c>
-      <c r="H61" s="17">
+      <c r="H61" s="16">
         <v>9.6</v>
       </c>
       <c r="I61" s="14"/>
       <c r="J61" s="12">
         <v>389.6</v>
       </c>
-      <c r="K61" s="17">
+      <c r="K61" s="16">
         <v>0</v>
       </c>
       <c r="L61" s="14"/>
       <c r="M61" s="9">
         <v>40618</v>
       </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A62" s="13" t="s">
         <v>121</v>
       </c>
       <c r="B62" s="14"/>
       <c r="C62" s="6" t="s">
         <v>122</v>
       </c>
       <c r="D62" s="6">
         <v>1</v>
       </c>
-      <c r="E62" s="29" t="s">
+      <c r="E62" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F62" s="14"/>
       <c r="G62" s="7">
         <v>3745</v>
       </c>
-      <c r="H62" s="17">
+      <c r="H62" s="16">
         <v>129.59</v>
       </c>
       <c r="I62" s="14"/>
       <c r="J62" s="12">
         <v>3874.59</v>
       </c>
-      <c r="K62" s="17">
+      <c r="K62" s="16">
         <v>0</v>
       </c>
       <c r="L62" s="14"/>
       <c r="M62" s="9">
         <v>40736</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A63" s="13" t="s">
         <v>123</v>
       </c>
       <c r="B63" s="14"/>
       <c r="C63" s="6" t="s">
         <v>124</v>
       </c>
       <c r="D63" s="6">
         <v>1</v>
       </c>
-      <c r="E63" s="29" t="s">
+      <c r="E63" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F63" s="14"/>
       <c r="G63" s="7">
         <v>5457</v>
       </c>
-      <c r="H63" s="17">
+      <c r="H63" s="16">
         <v>105.37</v>
       </c>
       <c r="I63" s="14"/>
       <c r="J63" s="12">
         <v>5562.37</v>
       </c>
-      <c r="K63" s="17">
+      <c r="K63" s="16">
         <v>0</v>
       </c>
       <c r="L63" s="14"/>
       <c r="M63" s="9">
         <v>40879</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A64" s="13" t="s">
         <v>125</v>
       </c>
       <c r="B64" s="14"/>
       <c r="C64" s="6" t="s">
         <v>126</v>
       </c>
       <c r="D64" s="6">
         <v>1</v>
       </c>
-      <c r="E64" s="29" t="s">
+      <c r="E64" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F64" s="14"/>
       <c r="G64" s="7">
         <v>7612.17</v>
       </c>
-      <c r="H64" s="16"/>
+      <c r="H64" s="20"/>
       <c r="I64" s="14"/>
       <c r="J64" s="12">
         <v>7612.17</v>
       </c>
-      <c r="K64" s="17">
+      <c r="K64" s="16">
         <v>0</v>
       </c>
       <c r="L64" s="14"/>
       <c r="M64" s="9">
         <v>41026</v>
       </c>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A65" s="13" t="s">
         <v>127</v>
       </c>
       <c r="B65" s="14"/>
       <c r="C65" s="6" t="s">
         <v>128</v>
       </c>
       <c r="D65" s="6">
         <v>1</v>
       </c>
-      <c r="E65" s="29" t="s">
+      <c r="E65" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F65" s="14"/>
       <c r="G65" s="7">
         <v>965</v>
       </c>
-      <c r="H65" s="17">
+      <c r="H65" s="16">
         <v>14.55</v>
       </c>
       <c r="I65" s="14"/>
       <c r="J65" s="12">
         <v>979.55</v>
       </c>
-      <c r="K65" s="17">
+      <c r="K65" s="16">
         <v>0</v>
       </c>
       <c r="L65" s="14"/>
       <c r="M65" s="9">
         <v>41039</v>
       </c>
     </row>
     <row r="66" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A66" s="13" t="s">
         <v>129</v>
       </c>
       <c r="B66" s="14"/>
       <c r="C66" s="6" t="s">
         <v>130</v>
       </c>
       <c r="D66" s="6">
         <v>1</v>
       </c>
-      <c r="E66" s="29" t="s">
+      <c r="E66" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F66" s="14"/>
       <c r="G66" s="7">
         <v>5657.61</v>
       </c>
-      <c r="H66" s="17">
+      <c r="H66" s="16">
         <v>56.72</v>
       </c>
       <c r="I66" s="14"/>
       <c r="J66" s="12">
         <v>5714.33</v>
       </c>
-      <c r="K66" s="17">
+      <c r="K66" s="16">
         <v>0</v>
       </c>
       <c r="L66" s="14"/>
       <c r="M66" s="9">
         <v>41121</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A67" s="13" t="s">
         <v>131</v>
       </c>
       <c r="B67" s="14"/>
       <c r="C67" s="6" t="s">
         <v>132</v>
       </c>
       <c r="D67" s="6">
         <v>1</v>
       </c>
-      <c r="E67" s="29" t="s">
+      <c r="E67" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F67" s="14"/>
       <c r="G67" s="7">
         <v>5725</v>
       </c>
-      <c r="H67" s="17">
+      <c r="H67" s="16">
         <v>86.31</v>
       </c>
       <c r="I67" s="14"/>
       <c r="J67" s="12">
         <v>5811.31</v>
       </c>
-      <c r="K67" s="17">
+      <c r="K67" s="16">
         <v>0</v>
       </c>
       <c r="L67" s="14"/>
       <c r="M67" s="9">
         <v>41163</v>
       </c>
     </row>
     <row r="68" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A68" s="13" t="s">
         <v>133</v>
       </c>
       <c r="B68" s="14"/>
       <c r="C68" s="6" t="s">
         <v>134</v>
       </c>
       <c r="D68" s="6">
         <v>1</v>
       </c>
-      <c r="E68" s="29" t="s">
+      <c r="E68" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F68" s="14"/>
       <c r="G68" s="7">
         <v>1980</v>
       </c>
-      <c r="H68" s="30">
+      <c r="H68" s="28">
         <v>39.799999999999997</v>
       </c>
-      <c r="I68" s="31"/>
+      <c r="I68" s="29"/>
       <c r="J68" s="12">
         <v>2019.9</v>
       </c>
-      <c r="K68" s="17">
+      <c r="K68" s="16">
         <v>0</v>
       </c>
       <c r="L68" s="14"/>
       <c r="M68" s="9">
         <v>41174</v>
       </c>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A69" s="13" t="s">
         <v>135</v>
       </c>
       <c r="B69" s="14"/>
       <c r="C69" s="6" t="s">
         <v>136</v>
       </c>
       <c r="D69" s="6">
         <v>1</v>
       </c>
-      <c r="E69" s="29" t="s">
+      <c r="E69" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F69" s="14"/>
       <c r="G69" s="7">
         <v>5457</v>
       </c>
-      <c r="H69" s="17">
+      <c r="H69" s="16">
         <v>82.27</v>
       </c>
       <c r="I69" s="14"/>
       <c r="J69" s="12">
         <v>5539.27</v>
       </c>
-      <c r="K69" s="17">
+      <c r="K69" s="16">
         <v>0</v>
       </c>
       <c r="L69" s="14"/>
       <c r="M69" s="9">
         <v>41180</v>
       </c>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A70" s="13" t="s">
         <v>137</v>
       </c>
       <c r="B70" s="14"/>
       <c r="C70" s="6" t="s">
         <v>138</v>
       </c>
       <c r="D70" s="6">
         <v>1</v>
       </c>
-      <c r="E70" s="29" t="s">
+      <c r="E70" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F70" s="14"/>
       <c r="G70" s="7">
         <v>7859.01</v>
       </c>
-      <c r="H70" s="17">
+      <c r="H70" s="16">
         <v>140.05000000000001</v>
       </c>
       <c r="I70" s="14"/>
       <c r="J70" s="12">
         <v>7999.06</v>
       </c>
-      <c r="K70" s="17">
+      <c r="K70" s="16">
         <v>0</v>
       </c>
       <c r="L70" s="14"/>
       <c r="M70" s="9">
         <v>41201</v>
       </c>
     </row>
     <row r="71" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A71" s="13" t="s">
         <v>139</v>
       </c>
       <c r="B71" s="14"/>
       <c r="C71" s="6" t="s">
         <v>140</v>
       </c>
       <c r="D71" s="6">
         <v>1</v>
       </c>
-      <c r="E71" s="29" t="s">
+      <c r="E71" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F71" s="14"/>
       <c r="G71" s="7">
         <v>651</v>
       </c>
-      <c r="H71" s="17">
+      <c r="H71" s="16">
         <v>9.82</v>
       </c>
       <c r="I71" s="14"/>
       <c r="J71" s="12">
         <v>660.82</v>
       </c>
-      <c r="K71" s="17">
+      <c r="K71" s="16">
         <v>0</v>
       </c>
       <c r="L71" s="14"/>
       <c r="M71" s="9">
         <v>41221</v>
       </c>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A72" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B72" s="14"/>
       <c r="C72" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D72" s="6">
         <v>1</v>
       </c>
-      <c r="E72" s="29" t="s">
+      <c r="E72" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F72" s="14"/>
       <c r="G72" s="7">
         <v>3745</v>
       </c>
-      <c r="H72" s="17">
+      <c r="H72" s="16">
         <v>56.46</v>
       </c>
       <c r="I72" s="14"/>
       <c r="J72" s="12">
         <v>3801.46</v>
       </c>
-      <c r="K72" s="17">
+      <c r="K72" s="16">
         <v>0</v>
       </c>
       <c r="L72" s="14"/>
       <c r="M72" s="9">
         <v>41222</v>
       </c>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A73" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B73" s="14"/>
       <c r="C73" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D73" s="6">
         <v>1</v>
       </c>
-      <c r="E73" s="29" t="s">
+      <c r="E73" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F73" s="14"/>
       <c r="G73" s="7">
         <v>4039.29</v>
       </c>
-      <c r="H73" s="17">
+      <c r="H73" s="16">
         <v>10.1</v>
       </c>
       <c r="I73" s="14"/>
       <c r="J73" s="12">
         <v>4049.39</v>
       </c>
-      <c r="K73" s="17">
+      <c r="K73" s="16">
         <v>0</v>
       </c>
       <c r="L73" s="14"/>
       <c r="M73" s="9">
         <v>41234</v>
       </c>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A74" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B74" s="14"/>
       <c r="C74" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D74" s="6">
         <v>1</v>
       </c>
-      <c r="E74" s="29" t="s">
+      <c r="E74" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F74" s="14"/>
       <c r="G74" s="7">
         <v>846</v>
       </c>
-      <c r="H74" s="17">
+      <c r="H74" s="16">
         <v>12.72</v>
       </c>
       <c r="I74" s="14"/>
       <c r="J74" s="12">
         <v>858.75</v>
       </c>
-      <c r="K74" s="17">
+      <c r="K74" s="16">
         <v>0</v>
       </c>
       <c r="L74" s="14"/>
       <c r="M74" s="9">
         <v>41262</v>
       </c>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A75" s="13" t="s">
         <v>141</v>
       </c>
       <c r="B75" s="14"/>
       <c r="C75" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D75" s="6">
         <v>1</v>
       </c>
-      <c r="E75" s="29" t="s">
+      <c r="E75" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F75" s="14"/>
       <c r="G75" s="7">
         <v>7490</v>
       </c>
-      <c r="H75" s="30">
+      <c r="H75" s="28">
         <v>150.91999999999999</v>
       </c>
-      <c r="I75" s="31"/>
+      <c r="I75" s="29"/>
       <c r="J75" s="12">
         <v>7640.92</v>
       </c>
-      <c r="K75" s="17">
+      <c r="K75" s="16">
         <v>0</v>
       </c>
       <c r="L75" s="14"/>
       <c r="M75" s="9">
         <v>41262</v>
       </c>
     </row>
     <row r="76" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A76" s="13" t="s">
         <v>94</v>
       </c>
       <c r="B76" s="14"/>
       <c r="C76" s="6" t="s">
         <v>76</v>
       </c>
       <c r="D76" s="6">
         <v>1</v>
       </c>
-      <c r="E76" s="29" t="s">
+      <c r="E76" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F76" s="14"/>
       <c r="G76" s="7">
         <v>161944</v>
       </c>
-      <c r="H76" s="17">
+      <c r="H76" s="16">
         <v>252.56</v>
       </c>
       <c r="I76" s="14"/>
       <c r="J76" s="12">
         <v>162196.56</v>
       </c>
-      <c r="K76" s="17">
+      <c r="K76" s="16">
         <v>0</v>
       </c>
       <c r="L76" s="14"/>
       <c r="M76" s="9">
         <v>41263</v>
       </c>
     </row>
     <row r="77" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A77" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B77" s="14"/>
       <c r="C77" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D77" s="6">
         <v>1</v>
       </c>
-      <c r="E77" s="29" t="s">
+      <c r="E77" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F77" s="14"/>
       <c r="G77" s="7">
         <v>3969.7</v>
       </c>
-      <c r="H77" s="30">
+      <c r="H77" s="28">
         <v>9.92</v>
       </c>
-      <c r="I77" s="31"/>
+      <c r="I77" s="29"/>
       <c r="J77" s="12">
         <v>3979.62</v>
       </c>
-      <c r="K77" s="17">
+      <c r="K77" s="16">
         <v>0</v>
       </c>
       <c r="L77" s="14"/>
       <c r="M77" s="9">
         <v>41288</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A78" s="13" t="s">
         <v>143</v>
       </c>
       <c r="B78" s="14"/>
       <c r="C78" s="6" t="s">
         <v>144</v>
       </c>
       <c r="D78" s="6">
         <v>1</v>
       </c>
-      <c r="E78" s="29" t="s">
+      <c r="E78" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F78" s="14"/>
       <c r="G78" s="7">
         <v>12038.59</v>
       </c>
-      <c r="H78" s="17">
+      <c r="H78" s="16">
         <v>30.1</v>
       </c>
       <c r="I78" s="14"/>
       <c r="J78" s="12">
         <v>12068.69</v>
       </c>
-      <c r="K78" s="17">
+      <c r="K78" s="16">
         <v>0</v>
       </c>
       <c r="L78" s="14"/>
       <c r="M78" s="9">
         <v>41305</v>
       </c>
     </row>
     <row r="79" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A79" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B79" s="14"/>
       <c r="C79" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D79" s="6">
         <v>1</v>
       </c>
-      <c r="E79" s="29" t="s">
+      <c r="E79" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F79" s="14"/>
       <c r="G79" s="7">
         <v>5503.28</v>
       </c>
-      <c r="H79" s="17">
+      <c r="H79" s="16">
         <v>55.17</v>
       </c>
       <c r="I79" s="14"/>
       <c r="J79" s="12">
         <v>5558.45</v>
       </c>
-      <c r="K79" s="17">
+      <c r="K79" s="16">
         <v>0</v>
       </c>
       <c r="L79" s="14"/>
       <c r="M79" s="9">
         <v>41332</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A80" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B80" s="14"/>
       <c r="C80" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D80" s="6">
         <v>1</v>
       </c>
-      <c r="E80" s="29" t="s">
+      <c r="E80" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F80" s="14"/>
       <c r="G80" s="7">
         <v>7587.37</v>
       </c>
-      <c r="H80" s="30">
+      <c r="H80" s="28">
         <v>152.13999999999999</v>
       </c>
-      <c r="I80" s="31"/>
+      <c r="I80" s="29"/>
       <c r="J80" s="12">
         <v>7739.51</v>
       </c>
-      <c r="K80" s="17">
+      <c r="K80" s="16">
         <v>0</v>
       </c>
       <c r="L80" s="14"/>
       <c r="M80" s="9">
         <v>41360</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A81" s="13" t="s">
         <v>145</v>
       </c>
       <c r="B81" s="14"/>
       <c r="C81" s="6" t="s">
         <v>146</v>
       </c>
       <c r="D81" s="6">
         <v>1</v>
       </c>
-      <c r="E81" s="29" t="s">
+      <c r="E81" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F81" s="14"/>
       <c r="G81" s="7">
         <v>5875.44</v>
       </c>
-      <c r="H81" s="17">
+      <c r="H81" s="16">
         <v>38.82</v>
       </c>
       <c r="I81" s="14"/>
       <c r="J81" s="12">
         <v>5914.26</v>
       </c>
-      <c r="K81" s="17">
+      <c r="K81" s="16">
         <v>0</v>
       </c>
       <c r="L81" s="14"/>
       <c r="M81" s="9">
         <v>41361</v>
       </c>
     </row>
     <row r="82" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A82" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B82" s="14"/>
       <c r="C82" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D82" s="6">
         <v>1</v>
       </c>
-      <c r="E82" s="29" t="s">
+      <c r="E82" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F82" s="14"/>
       <c r="G82" s="7">
         <v>10914</v>
       </c>
-      <c r="H82" s="17">
+      <c r="H82" s="16">
         <v>164.53</v>
       </c>
       <c r="I82" s="14"/>
       <c r="J82" s="12">
         <v>11078.53</v>
       </c>
-      <c r="K82" s="17">
+      <c r="K82" s="16">
         <v>0</v>
       </c>
       <c r="L82" s="14"/>
       <c r="M82" s="9">
         <v>41361</v>
       </c>
     </row>
     <row r="83" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A83" s="13" t="s">
         <v>34</v>
       </c>
       <c r="B83" s="14"/>
       <c r="C83" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D83" s="6">
         <v>1</v>
       </c>
-      <c r="E83" s="29" t="s">
+      <c r="E83" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F83" s="14"/>
       <c r="G83" s="7">
         <v>1071</v>
       </c>
-      <c r="H83" s="16"/>
+      <c r="H83" s="20"/>
       <c r="I83" s="14"/>
       <c r="J83" s="12">
         <v>1071</v>
       </c>
-      <c r="K83" s="17">
+      <c r="K83" s="16">
         <v>0</v>
       </c>
       <c r="L83" s="14"/>
       <c r="M83" s="9">
         <v>41373</v>
       </c>
     </row>
     <row r="84" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A84" s="13" t="s">
         <v>36</v>
       </c>
       <c r="B84" s="14"/>
       <c r="C84" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D84" s="6">
         <v>1</v>
       </c>
-      <c r="E84" s="29" t="s">
+      <c r="E84" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F84" s="14"/>
       <c r="G84" s="7">
         <v>11235</v>
       </c>
-      <c r="H84" s="17">
+      <c r="H84" s="16">
         <v>112.64</v>
       </c>
       <c r="I84" s="14"/>
       <c r="J84" s="12">
         <v>11347.64</v>
       </c>
-      <c r="K84" s="17">
+      <c r="K84" s="16">
         <v>0</v>
       </c>
       <c r="L84" s="14"/>
       <c r="M84" s="9">
         <v>41375</v>
       </c>
     </row>
     <row r="85" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A85" s="13" t="s">
         <v>38</v>
       </c>
       <c r="B85" s="14"/>
       <c r="C85" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D85" s="6">
         <v>1</v>
       </c>
-      <c r="E85" s="29" t="s">
+      <c r="E85" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F85" s="14"/>
       <c r="G85" s="7">
         <v>2785.39</v>
       </c>
-      <c r="H85" s="17">
+      <c r="H85" s="16">
         <v>18.399999999999999</v>
       </c>
       <c r="I85" s="14"/>
       <c r="J85" s="12">
         <v>2803.79</v>
       </c>
-      <c r="K85" s="17">
+      <c r="K85" s="16">
         <v>0</v>
       </c>
       <c r="L85" s="14"/>
       <c r="M85" s="9">
         <v>41388</v>
       </c>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A86" s="13" t="s">
         <v>44</v>
       </c>
       <c r="B86" s="14"/>
       <c r="C86" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D86" s="6">
         <v>1</v>
       </c>
-      <c r="E86" s="29" t="s">
+      <c r="E86" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F86" s="14"/>
       <c r="G86" s="7">
         <v>920</v>
       </c>
-      <c r="H86" s="17">
+      <c r="H86" s="16">
         <v>13.87</v>
       </c>
       <c r="I86" s="14"/>
       <c r="J86" s="12">
         <v>933.87</v>
       </c>
-      <c r="K86" s="17">
+      <c r="K86" s="16">
         <v>0</v>
       </c>
       <c r="L86" s="14"/>
       <c r="M86" s="9">
         <v>41415</v>
       </c>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A87" s="13" t="s">
         <v>48</v>
       </c>
       <c r="B87" s="14"/>
       <c r="C87" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D87" s="6">
         <v>1</v>
       </c>
-      <c r="E87" s="29" t="s">
+      <c r="E87" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F87" s="14"/>
       <c r="G87" s="7">
         <v>5457</v>
       </c>
-      <c r="H87" s="17">
+      <c r="H87" s="16">
         <v>54.71</v>
       </c>
       <c r="I87" s="14"/>
       <c r="J87" s="12">
         <v>5511.71</v>
       </c>
-      <c r="K87" s="17">
+      <c r="K87" s="16">
         <v>0</v>
       </c>
       <c r="L87" s="14"/>
       <c r="M87" s="9">
         <v>41415</v>
       </c>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A88" s="13" t="s">
         <v>55</v>
       </c>
       <c r="B88" s="14"/>
       <c r="C88" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D88" s="6">
         <v>1</v>
       </c>
-      <c r="E88" s="29" t="s">
+      <c r="E88" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F88" s="14"/>
       <c r="G88" s="7">
         <v>18839.2</v>
       </c>
-      <c r="H88" s="17">
+      <c r="H88" s="16">
         <v>94.2</v>
       </c>
       <c r="I88" s="14"/>
       <c r="J88" s="12">
         <v>18933.400000000001</v>
       </c>
-      <c r="K88" s="17">
+      <c r="K88" s="16">
         <v>0</v>
       </c>
       <c r="L88" s="14"/>
       <c r="M88" s="9">
         <v>41436</v>
       </c>
     </row>
     <row r="89" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A89" s="13" t="s">
         <v>63</v>
       </c>
       <c r="B89" s="14"/>
       <c r="C89" s="6" t="s">
         <v>64</v>
       </c>
       <c r="D89" s="6">
         <v>1</v>
       </c>
-      <c r="E89" s="29" t="s">
+      <c r="E89" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F89" s="14"/>
       <c r="G89" s="7">
         <v>3270</v>
       </c>
-      <c r="H89" s="17">
+      <c r="H89" s="16">
         <v>32.78</v>
       </c>
       <c r="I89" s="14"/>
       <c r="J89" s="12">
         <v>3302.78</v>
       </c>
-      <c r="K89" s="17">
+      <c r="K89" s="16">
         <v>0</v>
       </c>
       <c r="L89" s="14"/>
       <c r="M89" s="9">
         <v>41437</v>
       </c>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A90" s="13" t="s">
         <v>59</v>
       </c>
       <c r="B90" s="14"/>
       <c r="C90" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D90" s="6">
         <v>1</v>
       </c>
-      <c r="E90" s="29" t="s">
+      <c r="E90" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F90" s="14"/>
       <c r="G90" s="7">
         <v>3745</v>
       </c>
-      <c r="H90" s="30">
+      <c r="H90" s="28">
         <v>56.46</v>
       </c>
-      <c r="I90" s="31"/>
+      <c r="I90" s="29"/>
       <c r="J90" s="12">
         <v>3801.46</v>
       </c>
-      <c r="K90" s="17">
+      <c r="K90" s="16">
         <v>0</v>
       </c>
       <c r="L90" s="14"/>
       <c r="M90" s="9">
         <v>41437</v>
       </c>
     </row>
     <row r="91" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A91" s="13" t="s">
         <v>147</v>
       </c>
       <c r="B91" s="14"/>
       <c r="C91" s="6" t="s">
         <v>148</v>
       </c>
       <c r="D91" s="6">
         <v>1</v>
       </c>
-      <c r="E91" s="29" t="s">
+      <c r="E91" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F91" s="14"/>
       <c r="G91" s="7">
         <v>2562.5100000000002</v>
       </c>
-      <c r="H91" s="30">
+      <c r="H91" s="28">
         <v>6.41</v>
       </c>
-      <c r="I91" s="31"/>
+      <c r="I91" s="29"/>
       <c r="J91" s="12">
         <v>2568.92</v>
       </c>
-      <c r="K91" s="17">
+      <c r="K91" s="16">
         <v>0</v>
       </c>
       <c r="L91" s="14"/>
       <c r="M91" s="9">
         <v>41438</v>
       </c>
     </row>
     <row r="92" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A92" s="13" t="s">
         <v>65</v>
       </c>
       <c r="B92" s="14"/>
       <c r="C92" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D92" s="6">
         <v>1</v>
       </c>
-      <c r="E92" s="29" t="s">
+      <c r="E92" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F92" s="14"/>
       <c r="G92" s="7">
         <v>8533.86</v>
       </c>
-      <c r="H92" s="30"/>
-      <c r="I92" s="31"/>
+      <c r="H92" s="28"/>
+      <c r="I92" s="29"/>
       <c r="J92" s="7">
         <v>8533.86</v>
       </c>
-      <c r="K92" s="17">
+      <c r="K92" s="16">
         <v>0</v>
       </c>
       <c r="L92" s="14"/>
       <c r="M92" s="9">
         <v>41439</v>
       </c>
     </row>
     <row r="93" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A93" s="13" t="s">
         <v>149</v>
       </c>
       <c r="B93" s="14"/>
       <c r="C93" s="6" t="s">
         <v>150</v>
       </c>
       <c r="D93" s="6">
         <v>1</v>
       </c>
-      <c r="E93" s="29" t="s">
+      <c r="E93" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F93" s="14"/>
       <c r="G93" s="7">
         <v>4122.16</v>
       </c>
-      <c r="H93" s="30">
+      <c r="H93" s="28">
         <v>41.32</v>
       </c>
-      <c r="I93" s="31"/>
+      <c r="I93" s="29"/>
       <c r="J93" s="12">
         <v>4163.4799999999996</v>
       </c>
-      <c r="K93" s="17">
+      <c r="K93" s="16">
         <v>0</v>
       </c>
       <c r="L93" s="14"/>
       <c r="M93" s="9">
         <v>41471</v>
       </c>
     </row>
     <row r="94" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A94" s="13" t="s">
         <v>69</v>
       </c>
       <c r="B94" s="14"/>
       <c r="C94" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D94" s="6">
         <v>1</v>
       </c>
-      <c r="E94" s="29" t="s">
+      <c r="E94" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F94" s="14"/>
       <c r="G94" s="7">
         <v>920</v>
       </c>
-      <c r="H94" s="17">
+      <c r="H94" s="16">
         <v>13.87</v>
       </c>
       <c r="I94" s="14"/>
       <c r="J94" s="12">
         <v>933.87</v>
       </c>
-      <c r="K94" s="17">
+      <c r="K94" s="16">
         <v>0</v>
       </c>
       <c r="L94" s="14"/>
       <c r="M94" s="9">
         <v>41474</v>
       </c>
     </row>
     <row r="95" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A95" s="13" t="s">
         <v>71</v>
       </c>
       <c r="B95" s="14"/>
       <c r="C95" s="6" t="s">
         <v>72</v>
       </c>
       <c r="D95" s="6">
         <v>1</v>
       </c>
-      <c r="E95" s="29" t="s">
+      <c r="E95" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F95" s="14"/>
       <c r="G95" s="7">
         <v>3745</v>
       </c>
-      <c r="H95" s="17">
+      <c r="H95" s="16">
         <v>37.549999999999997</v>
       </c>
       <c r="I95" s="14"/>
       <c r="J95" s="12">
         <v>3782.55</v>
       </c>
-      <c r="K95" s="17">
+      <c r="K95" s="16">
         <v>0</v>
       </c>
       <c r="L95" s="14"/>
       <c r="M95" s="9">
         <v>41484</v>
       </c>
     </row>
     <row r="96" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A96" s="13" t="s">
         <v>73</v>
       </c>
       <c r="B96" s="14"/>
       <c r="C96" s="6" t="s">
         <v>74</v>
       </c>
       <c r="D96" s="6">
         <v>1</v>
       </c>
-      <c r="E96" s="29" t="s">
+      <c r="E96" s="23" t="s">
         <v>163</v>
       </c>
       <c r="F96" s="14"/>
       <c r="G96" s="7">
         <v>8036</v>
       </c>
-      <c r="H96" s="17">
+      <c r="H96" s="16">
         <v>80.86</v>
       </c>
       <c r="I96" s="14"/>
       <c r="J96" s="12">
         <v>8116.56</v>
       </c>
-      <c r="K96" s="17">
+      <c r="K96" s="16">
         <v>0</v>
       </c>
       <c r="L96" s="14"/>
       <c r="M96" s="9">
         <v>41486</v>
       </c>
     </row>
     <row r="97" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A97" s="26" t="s">
+      <c r="A97" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="B97" s="27"/>
+      <c r="B97" s="18"/>
       <c r="C97" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E97" s="26" t="s">
+      <c r="E97" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="F97" s="27"/>
+      <c r="F97" s="18"/>
       <c r="G97" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="H97" s="26" t="s">
+      <c r="H97" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="I97" s="27"/>
+      <c r="I97" s="18"/>
       <c r="J97" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K97" s="28">
-[...2 lines deleted...]
-      <c r="L97" s="27"/>
+      <c r="K97" s="22">
+        <v>0</v>
+      </c>
+      <c r="L97" s="18"/>
       <c r="M97" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="98" spans="1:13" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="26" t="s">
+      <c r="A98" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B98" s="27"/>
+      <c r="B98" s="18"/>
       <c r="C98" s="4" t="s">
         <v>151</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E98" s="24" t="s">
+      <c r="E98" s="26" t="s">
         <v>157</v>
       </c>
-      <c r="F98" s="25"/>
+      <c r="F98" s="27"/>
       <c r="G98" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="H98" s="26" t="s">
+      <c r="H98" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I98" s="27"/>
+      <c r="I98" s="18"/>
       <c r="J98" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="K98" s="26" t="s">
+      <c r="K98" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="L98" s="27"/>
+      <c r="L98" s="18"/>
       <c r="M98" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="99" spans="1:13" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="13" t="s">
         <v>40</v>
       </c>
       <c r="B99" s="14"/>
       <c r="C99" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D99" s="6">
         <v>3</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F99" s="14"/>
       <c r="G99" s="7">
         <v>36000</v>
       </c>
-      <c r="H99" s="17">
+      <c r="H99" s="16">
         <v>566.9</v>
       </c>
       <c r="I99" s="14"/>
       <c r="J99" s="7">
         <v>36556.9</v>
       </c>
-      <c r="K99" s="17">
+      <c r="K99" s="16">
         <v>0</v>
       </c>
       <c r="L99" s="14"/>
       <c r="M99" s="9">
         <v>41388</v>
       </c>
     </row>
     <row r="100" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A100" s="13" t="s">
         <v>111</v>
       </c>
       <c r="B100" s="14"/>
       <c r="C100" s="6" t="s">
         <v>112</v>
       </c>
       <c r="D100" s="6">
         <v>3</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F100" s="14"/>
       <c r="G100" s="7">
         <v>14882.26</v>
       </c>
-      <c r="H100" s="16"/>
+      <c r="H100" s="20"/>
       <c r="I100" s="14"/>
       <c r="J100" s="7">
         <v>14882.26</v>
       </c>
-      <c r="K100" s="17">
+      <c r="K100" s="16">
         <v>0</v>
       </c>
       <c r="L100" s="14"/>
       <c r="M100" s="9">
         <v>41443</v>
       </c>
     </row>
     <row r="101" spans="1:13" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="13" t="s">
         <v>77</v>
       </c>
       <c r="B101" s="14"/>
       <c r="C101" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D101" s="6">
         <v>2</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F101" s="14"/>
       <c r="G101" s="7">
         <v>123927.16</v>
       </c>
-      <c r="H101" s="16"/>
+      <c r="H101" s="20"/>
       <c r="I101" s="14"/>
       <c r="J101" s="8"/>
-      <c r="K101" s="17">
+      <c r="K101" s="16">
         <v>123927.16</v>
       </c>
       <c r="L101" s="14"/>
       <c r="M101" s="9">
         <v>41673</v>
       </c>
     </row>
     <row r="102" spans="1:13" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="13" t="s">
         <v>75</v>
       </c>
       <c r="B102" s="14"/>
       <c r="C102" s="6" t="s">
         <v>76</v>
       </c>
       <c r="D102" s="6">
         <v>1</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F102" s="14"/>
       <c r="G102" s="7">
         <v>246612</v>
       </c>
-      <c r="H102" s="17">
+      <c r="H102" s="16">
         <v>3258.8</v>
       </c>
       <c r="I102" s="14"/>
       <c r="J102" s="7">
         <v>0</v>
       </c>
-      <c r="K102" s="17">
+      <c r="K102" s="16">
         <v>249870.8</v>
       </c>
       <c r="L102" s="14"/>
       <c r="M102" s="9">
         <v>41614</v>
       </c>
     </row>
     <row r="103" spans="1:13" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="18" t="s">
+      <c r="A103" s="30" t="s">
         <v>83</v>
       </c>
-      <c r="B103" s="18"/>
+      <c r="B103" s="30"/>
       <c r="C103" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E103" s="18" t="s">
+      <c r="E103" s="30" t="s">
         <v>83</v>
       </c>
-      <c r="F103" s="18"/>
+      <c r="F103" s="30"/>
       <c r="G103" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="H103" s="18" t="s">
+      <c r="H103" s="30" t="s">
         <v>83</v>
       </c>
-      <c r="I103" s="18"/>
+      <c r="I103" s="30"/>
       <c r="J103" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K103" s="19">
+      <c r="K103" s="31">
         <f>SUM(K99:K102)</f>
         <v>373797.95999999996</v>
       </c>
-      <c r="L103" s="19"/>
+      <c r="L103" s="31"/>
       <c r="M103" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="104" spans="1:13" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="26" t="s">
+      <c r="A104" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B104" s="27"/>
+      <c r="B104" s="18"/>
       <c r="C104" s="4" t="s">
         <v>152</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="E104" s="24" t="s">
+      <c r="E104" s="26" t="s">
         <v>157</v>
       </c>
-      <c r="F104" s="25"/>
+      <c r="F104" s="27"/>
       <c r="G104" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="H104" s="26" t="s">
+      <c r="H104" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I104" s="27"/>
+      <c r="I104" s="18"/>
       <c r="J104" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="K104" s="26" t="s">
+      <c r="K104" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="L104" s="27"/>
+      <c r="L104" s="18"/>
       <c r="M104" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="105" spans="1:13" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="13" t="s">
         <v>59</v>
       </c>
       <c r="B105" s="14"/>
       <c r="C105" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D105" s="6">
         <v>2</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F105" s="14"/>
       <c r="G105" s="7">
         <v>112.35</v>
       </c>
-      <c r="H105" s="16"/>
+      <c r="H105" s="20"/>
       <c r="I105" s="14"/>
       <c r="J105" s="7">
         <v>112.35</v>
       </c>
-      <c r="K105" s="17">
+      <c r="K105" s="16">
         <v>0</v>
       </c>
       <c r="L105" s="14"/>
       <c r="M105" s="9">
         <v>41437</v>
       </c>
     </row>
     <row r="106" spans="1:13" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A106" s="20" t="s">
+      <c r="A106" s="32" t="s">
         <v>53</v>
       </c>
-      <c r="B106" s="21"/>
+      <c r="B106" s="33"/>
       <c r="C106" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D106" s="6">
         <v>2</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F106" s="14"/>
       <c r="G106" s="7">
         <v>10000</v>
       </c>
-      <c r="H106" s="22">
+      <c r="H106" s="34">
         <v>230.43</v>
       </c>
-      <c r="I106" s="23"/>
+      <c r="I106" s="35"/>
       <c r="J106" s="7">
         <v>10000</v>
       </c>
-      <c r="K106" s="22">
+      <c r="K106" s="34">
         <v>230.43</v>
       </c>
-      <c r="L106" s="23"/>
+      <c r="L106" s="35"/>
       <c r="M106" s="9">
         <v>41429</v>
       </c>
     </row>
     <row r="107" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A107" s="13" t="s">
         <v>95</v>
       </c>
       <c r="B107" s="14"/>
       <c r="C107" s="6" t="s">
         <v>96</v>
       </c>
       <c r="D107" s="6">
         <v>7</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F107" s="14"/>
       <c r="G107" s="7">
         <v>5000</v>
       </c>
-      <c r="H107" s="16"/>
+      <c r="H107" s="20"/>
       <c r="I107" s="14"/>
       <c r="J107" s="7">
         <v>5000</v>
       </c>
-      <c r="K107" s="17">
+      <c r="K107" s="16">
         <v>0</v>
       </c>
       <c r="L107" s="14"/>
       <c r="M107" s="9">
         <v>41376</v>
       </c>
     </row>
     <row r="108" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A108" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B108" s="14"/>
       <c r="C108" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D108" s="6">
         <v>2</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F108" s="14"/>
       <c r="G108" s="7">
         <v>112.62</v>
       </c>
-      <c r="H108" s="16"/>
+      <c r="H108" s="20"/>
       <c r="I108" s="14"/>
       <c r="J108" s="7">
         <v>112.62</v>
       </c>
-      <c r="K108" s="17">
+      <c r="K108" s="16">
         <v>0</v>
       </c>
       <c r="L108" s="14"/>
       <c r="M108" s="9">
         <v>41222</v>
       </c>
     </row>
     <row r="109" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A109" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B109" s="14"/>
       <c r="C109" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D109" s="6">
         <v>2</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F109" s="14"/>
       <c r="G109" s="7">
         <v>112.35</v>
       </c>
-      <c r="H109" s="16"/>
+      <c r="H109" s="20"/>
       <c r="I109" s="14"/>
       <c r="J109" s="7">
         <v>112.35</v>
       </c>
-      <c r="K109" s="17">
+      <c r="K109" s="16">
         <v>0</v>
       </c>
       <c r="L109" s="14"/>
       <c r="M109" s="9">
         <v>41234</v>
       </c>
     </row>
     <row r="110" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A110" s="13" t="s">
         <v>61</v>
       </c>
       <c r="B110" s="14"/>
       <c r="C110" s="6" t="s">
         <v>62</v>
       </c>
       <c r="D110" s="6">
         <v>9</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F110" s="14"/>
       <c r="G110" s="7">
         <v>5000</v>
       </c>
-      <c r="H110" s="16"/>
+      <c r="H110" s="20"/>
       <c r="I110" s="14"/>
       <c r="J110" s="7">
         <v>5000</v>
       </c>
-      <c r="K110" s="17">
+      <c r="K110" s="16">
         <v>0</v>
       </c>
       <c r="L110" s="14"/>
       <c r="M110" s="9">
         <v>41437</v>
       </c>
     </row>
     <row r="111" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A111" s="13" t="s">
         <v>61</v>
       </c>
       <c r="B111" s="14"/>
       <c r="C111" s="6" t="s">
         <v>62</v>
       </c>
       <c r="D111" s="6">
         <v>10</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F111" s="14"/>
       <c r="G111" s="7">
         <v>5000</v>
       </c>
-      <c r="H111" s="16"/>
+      <c r="H111" s="20"/>
       <c r="I111" s="14"/>
       <c r="J111" s="7">
         <v>5000</v>
       </c>
-      <c r="K111" s="17">
+      <c r="K111" s="16">
         <v>0</v>
       </c>
       <c r="L111" s="14"/>
       <c r="M111" s="9">
         <v>41437</v>
       </c>
     </row>
     <row r="112" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A112" s="13" t="s">
         <v>42</v>
       </c>
       <c r="B112" s="14"/>
       <c r="C112" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D112" s="6">
         <v>2</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F112" s="14"/>
       <c r="G112" s="7">
         <v>949.69</v>
       </c>
-      <c r="H112" s="16"/>
+      <c r="H112" s="20"/>
       <c r="I112" s="14"/>
       <c r="J112" s="7">
         <v>949.69</v>
       </c>
-      <c r="K112" s="17">
+      <c r="K112" s="16">
         <v>0</v>
       </c>
       <c r="L112" s="14"/>
       <c r="M112" s="9">
         <v>41403</v>
       </c>
     </row>
     <row r="113" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A113" s="13" t="s">
         <v>63</v>
       </c>
       <c r="B113" s="14"/>
       <c r="C113" s="6" t="s">
         <v>64</v>
       </c>
       <c r="D113" s="6">
         <v>3</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F113" s="14"/>
       <c r="G113" s="7">
         <v>326</v>
       </c>
-      <c r="H113" s="16"/>
+      <c r="H113" s="20"/>
       <c r="I113" s="14"/>
       <c r="J113" s="7">
         <v>326</v>
       </c>
-      <c r="K113" s="17">
+      <c r="K113" s="16">
         <v>0</v>
       </c>
       <c r="L113" s="14"/>
       <c r="M113" s="9">
         <v>41437</v>
       </c>
     </row>
     <row r="114" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A114" s="13" t="s">
         <v>65</v>
       </c>
       <c r="B114" s="14"/>
       <c r="C114" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D114" s="6">
         <v>2</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F114" s="14"/>
       <c r="G114" s="7">
         <v>224.7</v>
       </c>
-      <c r="H114" s="16"/>
+      <c r="H114" s="20"/>
       <c r="I114" s="14"/>
       <c r="J114" s="7">
         <v>224.7</v>
       </c>
-      <c r="K114" s="17">
+      <c r="K114" s="16">
         <v>0</v>
       </c>
       <c r="L114" s="14"/>
       <c r="M114" s="9">
         <v>41439</v>
       </c>
     </row>
     <row r="115" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A115" s="13" t="s">
         <v>67</v>
       </c>
       <c r="B115" s="14"/>
       <c r="C115" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D115" s="6">
         <v>5</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F115" s="14"/>
       <c r="G115" s="7">
         <v>5508.05</v>
       </c>
-      <c r="H115" s="16"/>
+      <c r="H115" s="20"/>
       <c r="I115" s="14"/>
       <c r="J115" s="7">
         <v>5508.05</v>
       </c>
-      <c r="K115" s="17">
+      <c r="K115" s="16">
         <v>0</v>
       </c>
       <c r="L115" s="14"/>
       <c r="M115" s="9">
         <v>41444</v>
       </c>
     </row>
     <row r="116" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A116" s="13" t="s">
         <v>77</v>
       </c>
       <c r="B116" s="14"/>
       <c r="C116" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D116" s="6">
         <v>4</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F116" s="14"/>
       <c r="G116" s="7">
         <v>5186.16</v>
       </c>
-      <c r="H116" s="16"/>
+      <c r="H116" s="20"/>
       <c r="I116" s="14"/>
       <c r="J116" s="7">
         <v>5186.16</v>
       </c>
-      <c r="K116" s="17">
+      <c r="K116" s="16">
         <v>0</v>
       </c>
       <c r="L116" s="14"/>
       <c r="M116" s="9">
         <v>41673</v>
       </c>
     </row>
     <row r="117" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A117" s="13" t="s">
         <v>44</v>
       </c>
       <c r="B117" s="14"/>
       <c r="C117" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D117" s="6">
         <v>2</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F117" s="14"/>
       <c r="G117" s="7">
         <v>27.6</v>
       </c>
-      <c r="H117" s="16"/>
+      <c r="H117" s="20"/>
       <c r="I117" s="14"/>
       <c r="J117" s="7">
         <v>27.6</v>
       </c>
-      <c r="K117" s="17">
+      <c r="K117" s="16">
         <v>0</v>
       </c>
       <c r="L117" s="14"/>
       <c r="M117" s="9">
         <v>41415</v>
       </c>
     </row>
     <row r="118" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A118" s="13" t="s">
         <v>46</v>
       </c>
       <c r="B118" s="14"/>
       <c r="C118" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D118" s="6">
         <v>2</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F118" s="14"/>
       <c r="G118" s="7">
         <v>163.71</v>
       </c>
-      <c r="H118" s="16"/>
+      <c r="H118" s="20"/>
       <c r="I118" s="14"/>
       <c r="J118" s="7">
         <v>163.71</v>
       </c>
-      <c r="K118" s="17">
+      <c r="K118" s="16">
         <v>0</v>
       </c>
       <c r="L118" s="14"/>
       <c r="M118" s="9">
         <v>41415</v>
       </c>
     </row>
     <row r="119" spans="1:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="13" t="s">
         <v>49</v>
       </c>
       <c r="B119" s="14"/>
       <c r="C119" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D119" s="6">
         <v>2</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F119" s="14"/>
       <c r="G119" s="7">
         <v>327.42</v>
       </c>
-      <c r="H119" s="16"/>
+      <c r="H119" s="20"/>
       <c r="I119" s="14"/>
       <c r="J119" s="7">
         <v>327.42</v>
       </c>
-      <c r="K119" s="17">
+      <c r="K119" s="16">
         <v>0</v>
       </c>
       <c r="L119" s="14"/>
       <c r="M119" s="9">
         <v>41418</v>
       </c>
     </row>
     <row r="120" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A120" s="13" t="s">
         <v>51</v>
       </c>
       <c r="B120" s="14"/>
       <c r="C120" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D120" s="6">
         <v>2</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F120" s="14"/>
       <c r="G120" s="7">
         <v>947.22</v>
       </c>
-      <c r="H120" s="16"/>
+      <c r="H120" s="20"/>
       <c r="I120" s="14"/>
       <c r="J120" s="7">
         <v>947.22</v>
       </c>
-      <c r="K120" s="17">
+      <c r="K120" s="16">
         <v>0</v>
       </c>
       <c r="L120" s="14"/>
       <c r="M120" s="9">
         <v>41425</v>
       </c>
     </row>
     <row r="121" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A121" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B121" s="14"/>
       <c r="C121" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D121" s="6">
         <v>2</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F121" s="14"/>
       <c r="G121" s="7">
         <v>224.7</v>
       </c>
-      <c r="H121" s="16"/>
+      <c r="H121" s="20"/>
       <c r="I121" s="14"/>
       <c r="J121" s="7">
         <v>224.7</v>
       </c>
-      <c r="K121" s="17">
+      <c r="K121" s="16">
         <v>0</v>
       </c>
       <c r="L121" s="14"/>
       <c r="M121" s="9">
         <v>41360</v>
       </c>
     </row>
     <row r="122" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A122" s="13" t="s">
         <v>55</v>
       </c>
       <c r="B122" s="14"/>
       <c r="C122" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D122" s="6">
         <v>2</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F122" s="14"/>
       <c r="G122" s="7">
         <v>552</v>
       </c>
-      <c r="H122" s="16"/>
+      <c r="H122" s="20"/>
       <c r="I122" s="14"/>
       <c r="J122" s="7">
         <v>552</v>
       </c>
-      <c r="K122" s="17">
+      <c r="K122" s="16">
         <v>0</v>
       </c>
       <c r="L122" s="14"/>
       <c r="M122" s="9">
         <v>41436</v>
       </c>
     </row>
     <row r="123" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A123" s="13" t="s">
         <v>69</v>
       </c>
       <c r="B123" s="14"/>
       <c r="C123" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D123" s="6">
         <v>2</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F123" s="14"/>
       <c r="G123" s="7">
         <v>27.6</v>
       </c>
-      <c r="H123" s="16"/>
+      <c r="H123" s="20"/>
       <c r="I123" s="14"/>
       <c r="J123" s="7">
         <v>27.6</v>
       </c>
-      <c r="K123" s="17">
+      <c r="K123" s="16">
         <v>0</v>
       </c>
       <c r="L123" s="14"/>
       <c r="M123" s="9">
         <v>41474</v>
       </c>
     </row>
     <row r="124" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A124" s="13" t="s">
         <v>71</v>
       </c>
       <c r="B124" s="14"/>
       <c r="C124" s="6" t="s">
         <v>72</v>
       </c>
       <c r="D124" s="6">
         <v>2</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F124" s="14"/>
       <c r="G124" s="7">
         <v>112</v>
       </c>
-      <c r="H124" s="16"/>
+      <c r="H124" s="20"/>
       <c r="I124" s="14"/>
       <c r="J124" s="7">
         <v>112</v>
       </c>
-      <c r="K124" s="17">
+      <c r="K124" s="16">
         <v>0</v>
       </c>
       <c r="L124" s="14"/>
       <c r="M124" s="9">
         <v>41484</v>
       </c>
     </row>
     <row r="125" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A125" s="13" t="s">
         <v>73</v>
       </c>
       <c r="B125" s="14"/>
       <c r="C125" s="6" t="s">
         <v>74</v>
       </c>
       <c r="D125" s="6">
         <v>2</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F125" s="14"/>
       <c r="G125" s="7">
         <v>300</v>
       </c>
-      <c r="H125" s="16"/>
+      <c r="H125" s="20"/>
       <c r="I125" s="14"/>
       <c r="J125" s="7">
         <v>300</v>
       </c>
-      <c r="K125" s="17">
+      <c r="K125" s="16">
         <v>0</v>
       </c>
       <c r="L125" s="14"/>
       <c r="M125" s="9">
         <v>41486</v>
       </c>
     </row>
     <row r="126" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A126" s="13" t="s">
         <v>75</v>
       </c>
       <c r="B126" s="14"/>
       <c r="C126" s="6" t="s">
         <v>76</v>
       </c>
       <c r="D126" s="6">
         <v>2</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F126" s="14"/>
       <c r="G126" s="7">
         <v>2000</v>
       </c>
-      <c r="H126" s="16"/>
+      <c r="H126" s="20"/>
       <c r="I126" s="14"/>
       <c r="J126" s="7">
         <v>2000</v>
       </c>
-      <c r="K126" s="17">
+      <c r="K126" s="16">
         <v>0</v>
       </c>
       <c r="L126" s="14"/>
       <c r="M126" s="9">
         <v>41614</v>
       </c>
     </row>
     <row r="127" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A127" s="13" t="s">
         <v>87</v>
       </c>
       <c r="B127" s="14"/>
       <c r="C127" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D127" s="6">
         <v>3</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F127" s="14"/>
       <c r="G127" s="7">
         <v>5000</v>
       </c>
-      <c r="H127" s="16"/>
+      <c r="H127" s="20"/>
       <c r="I127" s="14"/>
       <c r="J127" s="7">
         <v>5000</v>
       </c>
-      <c r="K127" s="17">
+      <c r="K127" s="16">
         <v>0</v>
       </c>
       <c r="L127" s="14"/>
       <c r="M127" s="9">
         <v>41948</v>
       </c>
     </row>
     <row r="128" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A128" s="13" t="s">
         <v>79</v>
       </c>
       <c r="B128" s="14"/>
       <c r="C128" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D128" s="6">
         <v>8</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F128" s="14"/>
       <c r="G128" s="7">
         <v>5000</v>
       </c>
-      <c r="H128" s="16"/>
+      <c r="H128" s="20"/>
       <c r="I128" s="14"/>
       <c r="J128" s="7">
         <v>5000</v>
       </c>
-      <c r="K128" s="17">
+      <c r="K128" s="16">
         <v>0</v>
       </c>
       <c r="L128" s="14"/>
       <c r="M128" s="9">
         <v>42063</v>
       </c>
     </row>
     <row r="129" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A129" s="13" t="s">
         <v>153</v>
       </c>
       <c r="B129" s="14"/>
       <c r="C129" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D129" s="6">
         <v>1</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F129" s="14"/>
       <c r="G129" s="7">
         <v>2400</v>
       </c>
-      <c r="H129" s="16"/>
+      <c r="H129" s="20"/>
       <c r="I129" s="14"/>
       <c r="J129" s="7">
         <v>2400</v>
       </c>
-      <c r="K129" s="17">
+      <c r="K129" s="16">
         <v>0</v>
       </c>
       <c r="L129" s="14"/>
       <c r="M129" s="9">
         <v>42146</v>
       </c>
     </row>
     <row r="130" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A130" s="13" t="s">
         <v>97</v>
       </c>
       <c r="B130" s="14"/>
       <c r="C130" s="6" t="s">
         <v>98</v>
       </c>
       <c r="D130" s="6">
         <v>10</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F130" s="14"/>
       <c r="G130" s="7">
         <v>5000</v>
       </c>
-      <c r="H130" s="16"/>
+      <c r="H130" s="20"/>
       <c r="I130" s="14"/>
       <c r="J130" s="7">
         <v>5000</v>
       </c>
-      <c r="K130" s="17">
+      <c r="K130" s="16">
         <v>0</v>
       </c>
       <c r="L130" s="14"/>
       <c r="M130" s="9">
         <v>42356</v>
       </c>
     </row>
     <row r="131" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A131" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B131" s="14"/>
       <c r="C131" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D131" s="6">
         <v>2</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F131" s="14"/>
       <c r="G131" s="7">
         <v>169</v>
       </c>
-      <c r="H131" s="16"/>
+      <c r="H131" s="20"/>
       <c r="I131" s="14"/>
       <c r="J131" s="7">
         <v>169</v>
       </c>
-      <c r="K131" s="17">
+      <c r="K131" s="16">
         <v>0</v>
       </c>
       <c r="L131" s="14"/>
       <c r="M131" s="9">
         <v>41262</v>
       </c>
     </row>
     <row r="132" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A132" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B132" s="14"/>
       <c r="C132" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D132" s="6">
         <v>2</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F132" s="14"/>
       <c r="G132" s="7">
         <v>163.71</v>
       </c>
-      <c r="H132" s="16"/>
+      <c r="H132" s="20"/>
       <c r="I132" s="14"/>
       <c r="J132" s="7">
         <v>163.71</v>
       </c>
-      <c r="K132" s="17">
+      <c r="K132" s="16">
         <v>0</v>
       </c>
       <c r="L132" s="14"/>
       <c r="M132" s="9">
         <v>41264</v>
       </c>
     </row>
     <row r="133" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A133" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B133" s="14"/>
       <c r="C133" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D133" s="6">
         <v>2</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F133" s="14"/>
       <c r="G133" s="7">
         <v>112.35</v>
       </c>
-      <c r="H133" s="16"/>
+      <c r="H133" s="20"/>
       <c r="I133" s="14"/>
       <c r="J133" s="7">
         <v>112.35</v>
       </c>
-      <c r="K133" s="17">
+      <c r="K133" s="16">
         <v>0</v>
       </c>
       <c r="L133" s="14"/>
       <c r="M133" s="9">
         <v>41288</v>
       </c>
     </row>
     <row r="134" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A134" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B134" s="14"/>
       <c r="C134" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D134" s="6">
         <v>2</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F134" s="14"/>
       <c r="G134" s="7">
         <v>163.71</v>
       </c>
-      <c r="H134" s="16"/>
+      <c r="H134" s="20"/>
       <c r="I134" s="14"/>
       <c r="J134" s="7">
         <v>163.71</v>
       </c>
-      <c r="K134" s="17">
+      <c r="K134" s="16">
         <v>0</v>
       </c>
       <c r="L134" s="14"/>
       <c r="M134" s="9">
         <v>41332</v>
       </c>
     </row>
     <row r="135" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A135" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B135" s="14"/>
       <c r="C135" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D135" s="6">
         <v>2</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F135" s="14"/>
       <c r="G135" s="7">
         <v>328</v>
       </c>
-      <c r="H135" s="16"/>
+      <c r="H135" s="20"/>
       <c r="I135" s="14"/>
       <c r="J135" s="7">
         <v>328</v>
       </c>
-      <c r="K135" s="17">
+      <c r="K135" s="16">
         <v>0</v>
       </c>
       <c r="L135" s="14"/>
       <c r="M135" s="9">
         <v>41361</v>
       </c>
     </row>
     <row r="136" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A136" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B136" s="14"/>
       <c r="C136" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D136" s="6">
         <v>2</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F136" s="14"/>
       <c r="G136" s="7">
         <v>112.35</v>
       </c>
-      <c r="H136" s="16"/>
+      <c r="H136" s="20"/>
       <c r="I136" s="14"/>
       <c r="J136" s="7">
         <v>112.35</v>
       </c>
-      <c r="K136" s="17">
+      <c r="K136" s="16">
         <v>0</v>
       </c>
       <c r="L136" s="14"/>
       <c r="M136" s="9">
         <v>41368</v>
       </c>
     </row>
     <row r="137" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A137" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B137" s="14"/>
       <c r="C137" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D137" s="6">
         <v>3</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F137" s="14"/>
       <c r="G137" s="7">
         <v>1274.31</v>
       </c>
-      <c r="H137" s="16"/>
+      <c r="H137" s="20"/>
       <c r="I137" s="14"/>
       <c r="J137" s="7">
         <v>1274.31</v>
       </c>
-      <c r="K137" s="17">
+      <c r="K137" s="16">
         <v>0</v>
       </c>
       <c r="L137" s="14"/>
       <c r="M137" s="9">
         <v>41369</v>
       </c>
     </row>
     <row r="138" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A138" s="13" t="s">
         <v>34</v>
       </c>
       <c r="B138" s="14"/>
       <c r="C138" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D138" s="6">
         <v>2</v>
       </c>
       <c r="E138" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F138" s="14"/>
       <c r="G138" s="7">
         <v>32.130000000000003</v>
       </c>
-      <c r="H138" s="16"/>
+      <c r="H138" s="20"/>
       <c r="I138" s="14"/>
       <c r="J138" s="7">
         <v>32.130000000000003</v>
       </c>
-      <c r="K138" s="17">
+      <c r="K138" s="16">
         <v>0</v>
       </c>
       <c r="L138" s="14"/>
       <c r="M138" s="9">
         <v>41373</v>
       </c>
     </row>
     <row r="139" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A139" s="13" t="s">
         <v>36</v>
       </c>
       <c r="B139" s="14"/>
       <c r="C139" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D139" s="6">
         <v>2</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F139" s="14"/>
       <c r="G139" s="7">
         <v>337.05</v>
       </c>
-      <c r="H139" s="16"/>
+      <c r="H139" s="20"/>
       <c r="I139" s="14"/>
       <c r="J139" s="7">
         <v>337.05</v>
       </c>
-      <c r="K139" s="17">
+      <c r="K139" s="16">
         <v>0</v>
       </c>
       <c r="L139" s="14"/>
       <c r="M139" s="9">
         <v>41375</v>
       </c>
     </row>
     <row r="140" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A140" s="13" t="s">
         <v>38</v>
       </c>
       <c r="B140" s="14"/>
       <c r="C140" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D140" s="6">
         <v>2</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F140" s="14"/>
       <c r="G140" s="7">
         <v>77.400000000000006</v>
       </c>
-      <c r="H140" s="16"/>
+      <c r="H140" s="20"/>
       <c r="I140" s="14"/>
       <c r="J140" s="7">
         <v>77.400000000000006</v>
       </c>
-      <c r="K140" s="17">
+      <c r="K140" s="16">
         <v>0</v>
       </c>
       <c r="L140" s="14"/>
       <c r="M140" s="9">
         <v>41388</v>
       </c>
     </row>
     <row r="141" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A141" s="18" t="s">
+      <c r="A141" s="30" t="s">
         <v>83</v>
       </c>
-      <c r="B141" s="18"/>
+      <c r="B141" s="30"/>
       <c r="C141" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E141" s="18" t="s">
+      <c r="E141" s="30" t="s">
         <v>83</v>
       </c>
-      <c r="F141" s="18"/>
+      <c r="F141" s="30"/>
       <c r="G141" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="H141" s="18" t="s">
+      <c r="H141" s="30" t="s">
         <v>83</v>
       </c>
-      <c r="I141" s="18"/>
+      <c r="I141" s="30"/>
       <c r="J141" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K141" s="19">
+      <c r="K141" s="31">
         <v>230.43</v>
       </c>
-      <c r="L141" s="19"/>
+      <c r="L141" s="31"/>
       <c r="M141" s="3" t="s">
         <v>83</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="550">
-    <mergeCell ref="A6:B6"/>
-[...108 lines deleted...]
-    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="A126:B126"/>
+    <mergeCell ref="E126:F126"/>
+    <mergeCell ref="H126:I126"/>
+    <mergeCell ref="K126:L126"/>
+    <mergeCell ref="A116:B116"/>
+    <mergeCell ref="E116:F116"/>
+    <mergeCell ref="H116:I116"/>
+    <mergeCell ref="K116:L116"/>
+    <mergeCell ref="A141:B141"/>
+    <mergeCell ref="E141:F141"/>
+    <mergeCell ref="H141:I141"/>
+    <mergeCell ref="K141:L141"/>
+    <mergeCell ref="A123:B123"/>
+    <mergeCell ref="E123:F123"/>
+    <mergeCell ref="H123:I123"/>
+    <mergeCell ref="K123:L123"/>
+    <mergeCell ref="A124:B124"/>
+    <mergeCell ref="E124:F124"/>
+    <mergeCell ref="H124:I124"/>
+    <mergeCell ref="K124:L124"/>
+    <mergeCell ref="A125:B125"/>
+    <mergeCell ref="E125:F125"/>
+    <mergeCell ref="H125:I125"/>
+    <mergeCell ref="K125:L125"/>
+    <mergeCell ref="A122:B122"/>
+    <mergeCell ref="E122:F122"/>
+    <mergeCell ref="H122:I122"/>
+    <mergeCell ref="K122:L122"/>
+    <mergeCell ref="A105:B105"/>
+    <mergeCell ref="E105:F105"/>
+    <mergeCell ref="H105:I105"/>
+    <mergeCell ref="K105:L105"/>
+    <mergeCell ref="A110:B110"/>
+    <mergeCell ref="E110:F110"/>
+    <mergeCell ref="H110:I110"/>
+    <mergeCell ref="K110:L110"/>
+    <mergeCell ref="A111:B111"/>
+    <mergeCell ref="E111:F111"/>
+    <mergeCell ref="H111:I111"/>
+    <mergeCell ref="K111:L111"/>
+    <mergeCell ref="A113:B113"/>
+    <mergeCell ref="E113:F113"/>
+    <mergeCell ref="H113:I113"/>
+    <mergeCell ref="K113:L113"/>
+    <mergeCell ref="A119:B119"/>
+    <mergeCell ref="E119:F119"/>
+    <mergeCell ref="H119:I119"/>
+    <mergeCell ref="K119:L119"/>
+    <mergeCell ref="A120:B120"/>
+    <mergeCell ref="E120:F120"/>
+    <mergeCell ref="H120:I120"/>
+    <mergeCell ref="K120:L120"/>
+    <mergeCell ref="A106:B106"/>
+    <mergeCell ref="E106:F106"/>
+    <mergeCell ref="H106:I106"/>
+    <mergeCell ref="K106:L106"/>
+    <mergeCell ref="E118:F118"/>
+    <mergeCell ref="A114:B114"/>
+    <mergeCell ref="E114:F114"/>
+    <mergeCell ref="H114:I114"/>
+    <mergeCell ref="K114:L114"/>
+    <mergeCell ref="A112:B112"/>
+    <mergeCell ref="E112:F112"/>
+    <mergeCell ref="H112:I112"/>
+    <mergeCell ref="K112:L112"/>
+    <mergeCell ref="A117:B117"/>
+    <mergeCell ref="E117:F117"/>
+    <mergeCell ref="H117:I117"/>
+    <mergeCell ref="K117:L117"/>
+    <mergeCell ref="A118:B118"/>
+    <mergeCell ref="H118:I118"/>
+    <mergeCell ref="K118:L118"/>
+    <mergeCell ref="A115:B115"/>
+    <mergeCell ref="E115:F115"/>
+    <mergeCell ref="H115:I115"/>
+    <mergeCell ref="K115:L115"/>
+    <mergeCell ref="A138:B138"/>
+    <mergeCell ref="E138:F138"/>
+    <mergeCell ref="H138:I138"/>
+    <mergeCell ref="K138:L138"/>
+    <mergeCell ref="A132:B132"/>
+    <mergeCell ref="E132:F132"/>
+    <mergeCell ref="H132:I132"/>
+    <mergeCell ref="K132:L132"/>
+    <mergeCell ref="A131:B131"/>
+    <mergeCell ref="E131:F131"/>
+    <mergeCell ref="H131:I131"/>
+    <mergeCell ref="K131:L131"/>
+    <mergeCell ref="A133:B133"/>
+    <mergeCell ref="E133:F133"/>
+    <mergeCell ref="H133:I133"/>
+    <mergeCell ref="K133:L133"/>
+    <mergeCell ref="A134:B134"/>
+    <mergeCell ref="E134:F134"/>
+    <mergeCell ref="H134:I134"/>
+    <mergeCell ref="K134:L134"/>
+    <mergeCell ref="A139:B139"/>
+    <mergeCell ref="E139:F139"/>
+    <mergeCell ref="H139:I139"/>
+    <mergeCell ref="K139:L139"/>
+    <mergeCell ref="A140:B140"/>
+    <mergeCell ref="E140:F140"/>
+    <mergeCell ref="H140:I140"/>
+    <mergeCell ref="K140:L140"/>
+    <mergeCell ref="A135:B135"/>
+    <mergeCell ref="E135:F135"/>
+    <mergeCell ref="H135:I135"/>
+    <mergeCell ref="K135:L135"/>
+    <mergeCell ref="A136:B136"/>
+    <mergeCell ref="E136:F136"/>
+    <mergeCell ref="H136:I136"/>
+    <mergeCell ref="K136:L136"/>
+    <mergeCell ref="A137:B137"/>
+    <mergeCell ref="E137:F137"/>
+    <mergeCell ref="H137:I137"/>
+    <mergeCell ref="K137:L137"/>
+    <mergeCell ref="A128:B128"/>
+    <mergeCell ref="E128:F128"/>
+    <mergeCell ref="H128:I128"/>
+    <mergeCell ref="K128:L128"/>
+    <mergeCell ref="A129:B129"/>
+    <mergeCell ref="E129:F129"/>
+    <mergeCell ref="H129:I129"/>
+    <mergeCell ref="K129:L129"/>
+    <mergeCell ref="A130:B130"/>
+    <mergeCell ref="E130:F130"/>
+    <mergeCell ref="H130:I130"/>
+    <mergeCell ref="K130:L130"/>
+    <mergeCell ref="E107:F107"/>
+    <mergeCell ref="A127:B127"/>
+    <mergeCell ref="E127:F127"/>
+    <mergeCell ref="H127:I127"/>
+    <mergeCell ref="K127:L127"/>
+    <mergeCell ref="E104:F104"/>
+    <mergeCell ref="A107:B107"/>
+    <mergeCell ref="H107:I107"/>
+    <mergeCell ref="K107:L107"/>
+    <mergeCell ref="E108:F108"/>
+    <mergeCell ref="A104:B104"/>
+    <mergeCell ref="H104:I104"/>
+    <mergeCell ref="K104:L104"/>
+    <mergeCell ref="A108:B108"/>
+    <mergeCell ref="H108:I108"/>
+    <mergeCell ref="K108:L108"/>
+    <mergeCell ref="A109:B109"/>
+    <mergeCell ref="E109:F109"/>
+    <mergeCell ref="H109:I109"/>
+    <mergeCell ref="K109:L109"/>
+    <mergeCell ref="A121:B121"/>
+    <mergeCell ref="E121:F121"/>
+    <mergeCell ref="H121:I121"/>
+    <mergeCell ref="K121:L121"/>
+    <mergeCell ref="A101:B101"/>
+    <mergeCell ref="E101:F101"/>
+    <mergeCell ref="H101:I101"/>
+    <mergeCell ref="K101:L101"/>
+    <mergeCell ref="A103:B103"/>
+    <mergeCell ref="E103:F103"/>
+    <mergeCell ref="H103:I103"/>
+    <mergeCell ref="K103:L103"/>
+    <mergeCell ref="A98:B98"/>
+    <mergeCell ref="H98:I98"/>
+    <mergeCell ref="K98:L98"/>
+    <mergeCell ref="A100:B100"/>
+    <mergeCell ref="E100:F100"/>
+    <mergeCell ref="H100:I100"/>
+    <mergeCell ref="K100:L100"/>
+    <mergeCell ref="E98:F98"/>
+    <mergeCell ref="A99:B99"/>
+    <mergeCell ref="E99:F99"/>
+    <mergeCell ref="H99:I99"/>
+    <mergeCell ref="K99:L99"/>
+    <mergeCell ref="A102:B102"/>
+    <mergeCell ref="E102:F102"/>
+    <mergeCell ref="H102:I102"/>
+    <mergeCell ref="K102:L102"/>
+    <mergeCell ref="A97:B97"/>
+    <mergeCell ref="E97:F97"/>
+    <mergeCell ref="H97:I97"/>
+    <mergeCell ref="K97:L97"/>
+    <mergeCell ref="A96:B96"/>
+    <mergeCell ref="E96:F96"/>
+    <mergeCell ref="H96:I96"/>
+    <mergeCell ref="K96:L96"/>
+    <mergeCell ref="A95:B95"/>
+    <mergeCell ref="E95:F95"/>
+    <mergeCell ref="H95:I95"/>
+    <mergeCell ref="K95:L95"/>
+    <mergeCell ref="A93:B93"/>
+    <mergeCell ref="E93:F93"/>
+    <mergeCell ref="H93:I93"/>
+    <mergeCell ref="K93:L93"/>
+    <mergeCell ref="A94:B94"/>
+    <mergeCell ref="E94:F94"/>
+    <mergeCell ref="H94:I94"/>
+    <mergeCell ref="K94:L94"/>
+    <mergeCell ref="A84:B84"/>
+    <mergeCell ref="E84:F84"/>
+    <mergeCell ref="H84:I84"/>
+    <mergeCell ref="K84:L84"/>
+    <mergeCell ref="A88:B88"/>
+    <mergeCell ref="E88:F88"/>
+    <mergeCell ref="H88:I88"/>
+    <mergeCell ref="K88:L88"/>
+    <mergeCell ref="A92:B92"/>
+    <mergeCell ref="E92:F92"/>
+    <mergeCell ref="H92:I92"/>
+    <mergeCell ref="K92:L92"/>
+    <mergeCell ref="A90:B90"/>
+    <mergeCell ref="E90:F90"/>
+    <mergeCell ref="H90:I90"/>
+    <mergeCell ref="K90:L90"/>
+    <mergeCell ref="A91:B91"/>
+    <mergeCell ref="E91:F91"/>
+    <mergeCell ref="H91:I91"/>
+    <mergeCell ref="K91:L91"/>
+    <mergeCell ref="A89:B89"/>
+    <mergeCell ref="E89:F89"/>
+    <mergeCell ref="H89:I89"/>
+    <mergeCell ref="K89:L89"/>
+    <mergeCell ref="A83:B83"/>
+    <mergeCell ref="E83:F83"/>
+    <mergeCell ref="H83:I83"/>
+    <mergeCell ref="K83:L83"/>
+    <mergeCell ref="A87:B87"/>
+    <mergeCell ref="E87:F87"/>
+    <mergeCell ref="H87:I87"/>
+    <mergeCell ref="K87:L87"/>
+    <mergeCell ref="A79:B79"/>
+    <mergeCell ref="E79:F79"/>
+    <mergeCell ref="H79:I79"/>
+    <mergeCell ref="K79:L79"/>
+    <mergeCell ref="A80:B80"/>
+    <mergeCell ref="E80:F80"/>
+    <mergeCell ref="H80:I80"/>
+    <mergeCell ref="K80:L80"/>
+    <mergeCell ref="A86:B86"/>
+    <mergeCell ref="E86:F86"/>
+    <mergeCell ref="H86:I86"/>
+    <mergeCell ref="K86:L86"/>
+    <mergeCell ref="A85:B85"/>
+    <mergeCell ref="E85:F85"/>
+    <mergeCell ref="H85:I85"/>
+    <mergeCell ref="K85:L85"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="E81:F81"/>
+    <mergeCell ref="H81:I81"/>
+    <mergeCell ref="K81:L81"/>
+    <mergeCell ref="A82:B82"/>
+    <mergeCell ref="E82:F82"/>
+    <mergeCell ref="H82:I82"/>
+    <mergeCell ref="K82:L82"/>
+    <mergeCell ref="A78:B78"/>
+    <mergeCell ref="E78:F78"/>
+    <mergeCell ref="H78:I78"/>
+    <mergeCell ref="K78:L78"/>
+    <mergeCell ref="A70:B70"/>
+    <mergeCell ref="E70:F70"/>
+    <mergeCell ref="H70:I70"/>
+    <mergeCell ref="K70:L70"/>
+    <mergeCell ref="A72:B72"/>
+    <mergeCell ref="E72:F72"/>
+    <mergeCell ref="H72:I72"/>
+    <mergeCell ref="K72:L72"/>
+    <mergeCell ref="A73:B73"/>
+    <mergeCell ref="E73:F73"/>
+    <mergeCell ref="H73:I73"/>
+    <mergeCell ref="K73:L73"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="E71:F71"/>
+    <mergeCell ref="H71:I71"/>
+    <mergeCell ref="K71:L71"/>
+    <mergeCell ref="A77:B77"/>
+    <mergeCell ref="E77:F77"/>
+    <mergeCell ref="H77:I77"/>
+    <mergeCell ref="K77:L77"/>
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="E74:F74"/>
+    <mergeCell ref="H74:I74"/>
+    <mergeCell ref="K74:L74"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="E75:F75"/>
+    <mergeCell ref="H75:I75"/>
+    <mergeCell ref="K75:L75"/>
+    <mergeCell ref="A76:B76"/>
+    <mergeCell ref="E76:F76"/>
+    <mergeCell ref="H76:I76"/>
+    <mergeCell ref="K76:L76"/>
+    <mergeCell ref="A69:B69"/>
+    <mergeCell ref="E69:F69"/>
+    <mergeCell ref="H69:I69"/>
+    <mergeCell ref="K69:L69"/>
+    <mergeCell ref="A67:B67"/>
+    <mergeCell ref="E67:F67"/>
+    <mergeCell ref="H67:I67"/>
+    <mergeCell ref="K67:L67"/>
+    <mergeCell ref="A64:B64"/>
+    <mergeCell ref="E64:F64"/>
+    <mergeCell ref="H64:I64"/>
+    <mergeCell ref="K64:L64"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="E65:F65"/>
+    <mergeCell ref="H65:I65"/>
+    <mergeCell ref="K65:L65"/>
+    <mergeCell ref="A68:B68"/>
+    <mergeCell ref="E68:F68"/>
+    <mergeCell ref="H68:I68"/>
+    <mergeCell ref="K68:L68"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="E66:F66"/>
+    <mergeCell ref="H66:I66"/>
+    <mergeCell ref="K66:L66"/>
+    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="E63:F63"/>
+    <mergeCell ref="H63:I63"/>
+    <mergeCell ref="K63:L63"/>
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="E62:F62"/>
+    <mergeCell ref="H62:I62"/>
+    <mergeCell ref="K62:L62"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="E60:F60"/>
+    <mergeCell ref="H60:I60"/>
+    <mergeCell ref="K60:L60"/>
+    <mergeCell ref="A61:B61"/>
+    <mergeCell ref="E61:F61"/>
+    <mergeCell ref="H61:I61"/>
+    <mergeCell ref="K61:L61"/>
+    <mergeCell ref="A59:B59"/>
+    <mergeCell ref="H59:I59"/>
+    <mergeCell ref="K59:L59"/>
+    <mergeCell ref="E54:F54"/>
+    <mergeCell ref="E59:F59"/>
+    <mergeCell ref="A56:B56"/>
+    <mergeCell ref="E56:F56"/>
+    <mergeCell ref="H56:I56"/>
+    <mergeCell ref="K56:L56"/>
+    <mergeCell ref="A57:B57"/>
+    <mergeCell ref="E57:F57"/>
+    <mergeCell ref="H57:I57"/>
+    <mergeCell ref="K57:L57"/>
+    <mergeCell ref="A55:B55"/>
+    <mergeCell ref="H55:I55"/>
+    <mergeCell ref="K55:L55"/>
+    <mergeCell ref="A54:B54"/>
+    <mergeCell ref="H54:I54"/>
+    <mergeCell ref="K54:L54"/>
+    <mergeCell ref="A53:B53"/>
+    <mergeCell ref="E53:F53"/>
+    <mergeCell ref="H53:I53"/>
+    <mergeCell ref="K53:L53"/>
+    <mergeCell ref="E55:F55"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="E58:F58"/>
+    <mergeCell ref="H58:I58"/>
+    <mergeCell ref="K58:L58"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="E50:F50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="K50:L50"/>
+    <mergeCell ref="A52:B52"/>
+    <mergeCell ref="E52:F52"/>
+    <mergeCell ref="H52:I52"/>
+    <mergeCell ref="K52:L52"/>
+    <mergeCell ref="A51:B51"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="H51:I51"/>
+    <mergeCell ref="K51:L51"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="E48:F48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="K48:L48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="E49:F49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="K49:L49"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="K41:L41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="K42:L42"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="E47:F47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="K47:L47"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="K45:L45"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="E46:F46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="K46:L46"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="K43:L43"/>
+    <mergeCell ref="K34:L34"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="K37:L37"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="E35:F35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="K35:L35"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="K44:L44"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="K40:L40"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="E38:F38"/>
     <mergeCell ref="H38:I38"/>
     <mergeCell ref="K38:L38"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="E39:F39"/>
     <mergeCell ref="H39:I39"/>
     <mergeCell ref="K39:L39"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="E30:F30"/>
     <mergeCell ref="H30:I30"/>
     <mergeCell ref="K30:L30"/>
     <mergeCell ref="E37:F37"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="H31:I31"/>
     <mergeCell ref="K31:L31"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="E32:F32"/>
     <mergeCell ref="H32:I32"/>
     <mergeCell ref="K32:L32"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="E36:F36"/>
     <mergeCell ref="H36:I36"/>
-    <mergeCell ref="A46:B46"/>
-[...414 lines deleted...]
-    <mergeCell ref="K125:L125"/>
+    <mergeCell ref="K36:L36"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="K33:L33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="K26:L26"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="K22:L22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="K20:L20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="K21:L21"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="K17:L17"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="K15:L15"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="K19:L19"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="K18:L18"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="K16:L16"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="K14:L14"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="E13:F13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="K13:L13"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="E12:F12"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="K12:L12"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="K7:L7"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="K8:L8"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="K11:L11"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="K9:L9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="K10:L10"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="K6:L6"/>
+    <mergeCell ref="B1:E1"/>
+    <mergeCell ref="I1:K2"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="K5:L5"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.511811023622047" right="0.511811023622047" top="0.511811023622047" bottom="0.511811023622047" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">